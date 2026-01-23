--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -1,56 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="649D4A2C" w14:textId="399BC78C" w:rsidR="002717EB" w:rsidRDefault="00BD2A31" w:rsidP="0099153C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F21F15">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="FFD966" w:themeColor="accent4" w:themeTint="99"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D95C8B2" wp14:editId="2EEE62EE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>33020</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -86,53 +89,53 @@
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="00CDC5"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns="">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3F3E8C2E" id="Rectángulo 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:2.6pt;margin-top:80.75pt;width:484pt;height:14.45pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCLtVNc2wEAAK4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnplhI1XaFWi5AW&#13;&#10;FmnhAxzHaSwcjxm7TcvXM3bSbgU3xMXyeMbP8948r+9PvWFHhV6DrXgxyzlTVkKj7b7i3789vFlx&#13;&#10;5oOwjTBgVcXPyvP7zetX68GVag4dmEYhIxDry8FVvAvBlVnmZad64WfglKVkC9iLQCHuswbFQOi9&#13;&#10;yeZ5vswGwMYhSOU9ne7GJN8k/LZVMjy1rVeBmYpTbyGtmNY6rtlmLco9CtdpObUh/qGLXmhLj16h&#13;&#10;diIIdkD9F1SvJYKHNswk9Bm0rZYqcSA2Rf4Hm+dOOJW4kDjeXWXy/w9Wfjk+u68YW/fuEeQPT4pk&#13;&#10;g/PlNRMDTzWsHj5DQzMUhwCJ7KnFPt4kGuyUND1fNVWnwCQdLovFcpWT9JJyxertkvbxCVFebjv0&#13;&#10;4aOCnsVNxZFmltDF8dGHsfRSktoEo5sHbUwKcF9vDbKjiPPNt7vt3YTub8uMjcUW4rURcTxRySHT&#13;&#10;Mxee0Tu+rKE5E2eE0TJkcdp0gL84G8guFfc/DwIVZ+aTpXm8LxaL6K8ULO7ezSnA20x9mxFWElTF&#13;&#10;ZUDOxmAbRlceHOp9R28VSQQLH0jtVichXvqaZkSmSFJOBo6uu41T1cs32/wGAAD//wMAUEsDBBQA&#13;&#10;BgAIAAAAIQBUJ6j94AAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE89T8MwEN2R+A/WIbFRJ4UU&#13;&#10;msapKgoSCwOFgfEau0lEfA62m7r/nmOC5aR77+59VOtkBzEZH3pHCvJZBsJQ43RPrYKP9+ebBxAh&#13;&#10;ImkcHBkFZxNgXV9eVFhqd6I3M+1iK1iEQokKuhjHUsrQdMZimLnREHMH5y1GXn0rtccTi9tBzrNs&#13;&#10;IS32xA4djuaxM83X7mhZ5XM8t/lTi9tNeinSd3F4nfyk1PVV2q54bFYgoknx7wN+O3B+qDnY3h1J&#13;&#10;BzEoKOZ8yPAiL0Awv7y/ZWTPyDK7A1lX8n+N+gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#13;&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#13;&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#13;&#10;IQCLtVNc2wEAAK4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#13;&#10;AAAAIQBUJ6j94AAAAA4BAAAPAAAAAAAAAAAAAAAAADUEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#13;&#10;AAQABADzAAAAQgUAAAAA&#13;&#10;" fillcolor="#00cdc5" stroked="f">
+              <v:rect w14:anchorId="0C1FB785" id="Rectángulo 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:2.6pt;margin-top:80.75pt;width:484pt;height:14.45pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLtVNc2wEAAK4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnplhI1XaFWi5AW&#10;FmnhAxzHaSwcjxm7TcvXM3bSbgU3xMXyeMbP8948r+9PvWFHhV6DrXgxyzlTVkKj7b7i3789vFlx&#10;5oOwjTBgVcXPyvP7zetX68GVag4dmEYhIxDry8FVvAvBlVnmZad64WfglKVkC9iLQCHuswbFQOi9&#10;yeZ5vswGwMYhSOU9ne7GJN8k/LZVMjy1rVeBmYpTbyGtmNY6rtlmLco9CtdpObUh/qGLXmhLj16h&#10;diIIdkD9F1SvJYKHNswk9Bm0rZYqcSA2Rf4Hm+dOOJW4kDjeXWXy/w9Wfjk+u68YW/fuEeQPT4pk&#10;g/PlNRMDTzWsHj5DQzMUhwCJ7KnFPt4kGuyUND1fNVWnwCQdLovFcpWT9JJyxertkvbxCVFebjv0&#10;4aOCnsVNxZFmltDF8dGHsfRSktoEo5sHbUwKcF9vDbKjiPPNt7vt3YTub8uMjcUW4rURcTxRySHT&#10;Mxee0Tu+rKE5E2eE0TJkcdp0gL84G8guFfc/DwIVZ+aTpXm8LxaL6K8ULO7ezSnA20x9mxFWElTF&#10;ZUDOxmAbRlceHOp9R28VSQQLH0jtVichXvqaZkSmSFJOBo6uu41T1cs32/wGAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC1x0G63gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJNC&#10;ShviVBU/EhcOFA49uvHWiYjXwXbT9O1ZTnDcb0azM9V6cr0YMcTOk4J8loFAarzpyCr4/Hi5WYKI&#10;SZPRvSdUcMYI6/ryotKl8Sd6x3GbrOAQiqVW0KY0lFLGpkWn48wPSKwdfHA68RmsNEGfONz1cp5l&#10;C+l0R/yh1QM+tth8bY+OU3bD2ebPVj9tptdi+i4Ob2MYlbq+mjYPIBJO6c8Mv/W5OtTcae+PZKLo&#10;FRRzNjJe5AUI1lf3t0z2TFbZHci6kv8X1D8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;i7VTXNsBAACuAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAtcdBut4AAAAJAQAADwAAAAAAAAAAAAAAAAA1BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" fillcolor="#00cdc5" stroked="f">
                 <w10:wrap type="through"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="045167C7" wp14:editId="557149A2">
             <wp:extent cx="3517900" cy="1018572"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="9" name="Imagen 9" descr="Texto&#10;&#10;Descripción generada automáticamente con confianza media"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name="Imagen 7" descr="Texto&#10;&#10;Descripción generada automáticamente con confianza media"/>
                     <pic:cNvPicPr/>
@@ -573,53 +576,56 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="407B02E2" w14:textId="77777777" w:rsidR="00B31F03" w:rsidRPr="00166054" w:rsidRDefault="00B31F03" w:rsidP="005B6E13">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A2A7D68" w14:textId="77777777" w:rsidR="00AA311C" w:rsidRPr="00166054" w:rsidRDefault="00AA311C" w:rsidP="005B6E13">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:sectPr w:rsidR="00AA311C" w:rsidRPr="00166054" w:rsidSect="00AA311C">
-          <w:headerReference w:type="default" r:id="rId9"/>
-[...1 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="even" r:id="rId9"/>
+          <w:headerReference w:type="default" r:id="rId10"/>
+          <w:footerReference w:type="even" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="first" r:id="rId13"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="709" w:footer="397" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B19C86F" w14:textId="711E91C1" w:rsidR="002717EB" w:rsidRPr="00166054" w:rsidRDefault="002717EB" w:rsidP="00125375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166054">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
@@ -811,51 +817,51 @@
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuperado </w:t>
       </w:r>
       <w:r w:rsidR="00AC3168">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>a partir de</w:t>
       </w:r>
       <w:r w:rsidRPr="00166054">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00D46895" w:rsidRPr="0021316C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>http://www.revistaasri.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="65188836" w14:textId="77777777" w:rsidR="007347BA" w:rsidRDefault="007347BA" w:rsidP="00125375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E6E6AFA" w14:textId="6E36F394" w:rsidR="00D46895" w:rsidRPr="00166054" w:rsidRDefault="007347BA" w:rsidP="00125375">
@@ -915,53 +921,53 @@
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="00CDC5"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns="">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="22B31C45" id="Rectángulo 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:15.05pt;width:484pt;height:14.45pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCLtVNc2wEAAK4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnplhI1XaFWi5AW&#13;&#10;FmnhAxzHaSwcjxm7TcvXM3bSbgU3xMXyeMbP8948r+9PvWFHhV6DrXgxyzlTVkKj7b7i3789vFlx&#13;&#10;5oOwjTBgVcXPyvP7zetX68GVag4dmEYhIxDry8FVvAvBlVnmZad64WfglKVkC9iLQCHuswbFQOi9&#13;&#10;yeZ5vswGwMYhSOU9ne7GJN8k/LZVMjy1rVeBmYpTbyGtmNY6rtlmLco9CtdpObUh/qGLXmhLj16h&#13;&#10;diIIdkD9F1SvJYKHNswk9Bm0rZYqcSA2Rf4Hm+dOOJW4kDjeXWXy/w9Wfjk+u68YW/fuEeQPT4pk&#13;&#10;g/PlNRMDTzWsHj5DQzMUhwCJ7KnFPt4kGuyUND1fNVWnwCQdLovFcpWT9JJyxertkvbxCVFebjv0&#13;&#10;4aOCnsVNxZFmltDF8dGHsfRSktoEo5sHbUwKcF9vDbKjiPPNt7vt3YTub8uMjcUW4rURcTxRySHT&#13;&#10;Mxee0Tu+rKE5E2eE0TJkcdp0gL84G8guFfc/DwIVZ+aTpXm8LxaL6K8ULO7ezSnA20x9mxFWElTF&#13;&#10;ZUDOxmAbRlceHOp9R28VSQQLH0jtVichXvqaZkSmSFJOBo6uu41T1cs32/wGAAD//wMAUEsDBBQA&#13;&#10;BgAIAAAAIQA4mijj4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3JP6DdZXYqB1Q&#13;&#10;qjaNU1UUJBYGCgOjG7tO1PgcbDd1/z3HBMtJd0/v3fvqTXYDm0yIvUcJxVwAM9h63aOV8Pnxcr8E&#13;&#10;FpNCrQaPRsLVRNg0tze1qrS/4LuZ9skyCsFYKQldSmPFeWw741Sc+9EgaUcfnEq0Bst1UBcKdwN/&#13;&#10;EGLBneqRPnRqNE+daU/7s6OUr/Fqi2erdtv8Wubv8vg2hUnKu1nerWls18CSyenPAb8M1B8aKnbw&#13;&#10;Z9SRDRKIJkl4FAUwUleLJR0OEsqVAN7U/D9D8wMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#13;&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#13;&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#13;&#10;IQCLtVNc2wEAAK4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#13;&#10;AAAAIQA4mijj4AAAAAsBAAAPAAAAAAAAAAAAAAAAADUEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#13;&#10;AAQABADzAAAAQgUAAAAA&#13;&#10;" fillcolor="#00cdc5" stroked="f">
+              <v:rect w14:anchorId="53EB37AC" id="Rectángulo 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:15.05pt;width:484pt;height:14.45pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLtVNc2wEAAK4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnplhI1XaFWi5AW&#10;FmnhAxzHaSwcjxm7TcvXM3bSbgU3xMXyeMbP8948r+9PvWFHhV6DrXgxyzlTVkKj7b7i3789vFlx&#10;5oOwjTBgVcXPyvP7zetX68GVag4dmEYhIxDry8FVvAvBlVnmZad64WfglKVkC9iLQCHuswbFQOi9&#10;yeZ5vswGwMYhSOU9ne7GJN8k/LZVMjy1rVeBmYpTbyGtmNY6rtlmLco9CtdpObUh/qGLXmhLj16h&#10;diIIdkD9F1SvJYKHNswk9Bm0rZYqcSA2Rf4Hm+dOOJW4kDjeXWXy/w9Wfjk+u68YW/fuEeQPT4pk&#10;g/PlNRMDTzWsHj5DQzMUhwCJ7KnFPt4kGuyUND1fNVWnwCQdLovFcpWT9JJyxertkvbxCVFebjv0&#10;4aOCnsVNxZFmltDF8dGHsfRSktoEo5sHbUwKcF9vDbKjiPPNt7vt3YTub8uMjcUW4rURcTxRySHT&#10;Mxee0Tu+rKE5E2eE0TJkcdp0gL84G8guFfc/DwIVZ+aTpXm8LxaL6K8ULO7ezSnA20x9mxFWElTF&#10;ZUDOxmAbRlceHOp9R28VSQQLH0jtVichXvqaZkSmSFJOBo6uu41T1cs32/wGAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDpZzkH3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWFJQ&#10;p600nSY+JC4cGBw4Zo2XVjROabIu+/eYExzt99Xjx/Um+0HMOMU+kIZioUAgtcH25DR8vD/frEDE&#10;ZMiaIRBqOGOETXN5UZvKhhO94bxLTjCEYmU0dCmNlZSx7dCbuAgjEmeHMHmTeJyctJM5MdwP8lap&#10;pfSmJ77QmREfOmy/dkfPlM/x7IonZx63+aXM3+XhdZ5mra+v8vYeRMKc/srwq8/q0LDTPhzJRjFo&#10;4EeShjtVgOB0vVzxYq+hXCuQTS3/6zc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIu1&#10;U1zbAQAArgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AOlnOQfcAAAABgEAAA8AAAAAAAAAAAAAAAAANQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" fillcolor="#00cdc5" stroked="f">
                 <w10:wrap type="through"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3427D06A" w14:textId="2065E266" w:rsidR="005B6E13" w:rsidRPr="002F4BB8" w:rsidRDefault="005B6E13" w:rsidP="002717EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:b/>
           <w:i/>
           <w:smallCaps/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sectPr w:rsidR="005B6E13" w:rsidRPr="002F4BB8" w:rsidSect="00AA311C">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="709" w:footer="397" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
@@ -1092,172 +1098,156 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="785A8DC5" w14:textId="3B6C1FBF" w:rsidR="00FB3226" w:rsidRPr="00465EEF" w:rsidRDefault="00626D1C" w:rsidP="00626D1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="518D0B5A" w14:textId="0BCC975E" w:rsidR="00626D1C" w:rsidRPr="00465EEF" w:rsidRDefault="00626D1C" w:rsidP="00626D1C">
+    <w:p w14:paraId="518D0B5A" w14:textId="0BCC975E" w:rsidR="00626D1C" w:rsidRPr="00FF58C9" w:rsidRDefault="00626D1C" w:rsidP="00626D1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007347BA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Máximo de cinco palabras clave</w:t>
       </w:r>
       <w:r w:rsidR="007347BA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007347BA" w:rsidRPr="007347BA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
           <w:color w:val="00CDC5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>(Gill Sans nova normal. 12.)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="30A02C34" w14:textId="77777777" w:rsidR="007347BA" w:rsidRDefault="007347BA" w:rsidP="00626D1C">
+        <w:t xml:space="preserve">(Gill Sans nova normal. </w:t>
+      </w:r>
+      <w:r w:rsidR="007347BA" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+          <w:color w:val="00CDC5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>12.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A02C34" w14:textId="77777777" w:rsidR="007347BA" w:rsidRPr="00FF58C9" w:rsidRDefault="007347BA" w:rsidP="00626D1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2AF96559" w14:textId="2C360D12" w:rsidR="00626D1C" w:rsidRPr="00465EEF" w:rsidRDefault="00EC49FA" w:rsidP="00626D1C">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AF96559" w14:textId="2C360D12" w:rsidR="00626D1C" w:rsidRPr="00FF58C9" w:rsidRDefault="00EC49FA" w:rsidP="00626D1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00465EEF">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="22006D4E" w14:textId="0256B3C7" w:rsidR="007347BA" w:rsidRPr="007347BA" w:rsidRDefault="00626D1C" w:rsidP="007347BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The abstract should be a concise statement of the subject, </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> and conclusions. Abstracts should not have more than six</w:t>
+        <w:t>The abstract should be a concise statement of the subject, approach and conclusions. Abstracts should not have more than six</w:t>
       </w:r>
       <w:r w:rsidR="00455CA7">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-ten</w:t>
       </w:r>
       <w:r w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> lines </w:t>
       </w:r>
       <w:r w:rsidR="007347BA" w:rsidRPr="007347BA">
         <w:rPr>
@@ -1474,51 +1464,50 @@
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E8F5B2E" w14:textId="77777777" w:rsidR="004C5EE8" w:rsidRPr="004C5EE8" w:rsidRDefault="009C29C1" w:rsidP="004C5EE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Introducción</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C5EE8" w:rsidRPr="004C5EE8">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova"/>
           <w:color w:val="00CDC5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Gill Sans nova light cursiva 12.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17730FE3" w14:textId="5CA9EC6B" w:rsidR="009C29C1" w:rsidRDefault="009C29C1" w:rsidP="00B31F03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1792,51 +1781,51 @@
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12B84D4E" w14:textId="7F8E24A6" w:rsidR="003E7B2B" w:rsidRPr="00455CA7" w:rsidRDefault="003E7B2B" w:rsidP="00415F7E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Los artículos deberán respetar la norma </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00415F7E" w:rsidRPr="00465EEF">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>APA 7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00700371" w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:color w:val="548DD4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00415F7E" w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2090,1210 +2079,1482 @@
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>ptos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>. anterior y posterior.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79D18CC6" w14:textId="77777777" w:rsidR="00672567" w:rsidRPr="00A5441A" w:rsidRDefault="00672567" w:rsidP="009C29C1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="771274CC" w14:textId="77777777" w:rsidR="009C29C1" w:rsidRPr="002710BF" w:rsidRDefault="003D0761" w:rsidP="009C29C1">
+    <w:p w14:paraId="771274CC" w14:textId="77777777" w:rsidR="009C29C1" w:rsidRPr="002710BF" w:rsidRDefault="00FF58C9" w:rsidP="009C29C1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:noProof/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:pict w14:anchorId="1493CD53">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1030" type="#_x0000_t75" alt="" style="width:260.9pt;height:213.85pt;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
-[...577 lines deleted...]
-          <v:shape id="_x0000_i1027" type="#_x0000_t75" alt="" style="width:149.7pt;height:198.9pt;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:261.5pt;height:213.5pt;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
             <v:imagedata r:id="rId17" o:title=""/>
             <o:lock v:ext="edit" rotation="t" cropping="t" verticies="t"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35E5328C" w14:textId="6BE74E35" w:rsidR="005C67D8" w:rsidRPr="00455CA7" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="1A17B378" w14:textId="77777777" w:rsidR="00672567" w:rsidRDefault="00672567" w:rsidP="009C29C1">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A4CB1BA" w14:textId="77777777" w:rsidR="009C29C1" w:rsidRPr="00A5441A" w:rsidRDefault="00187E91" w:rsidP="009C29C1">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
-[...3 lines deleted...]
-        <w:t>Figuras 2 y 3.</w:t>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No se utilizarán</w:t>
+      </w:r>
+      <w:r w:rsidR="009C29C1" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bolas automáticas,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-          <w:sz w:val="20"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-          <w:sz w:val="20"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>bullets</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="009C29C1" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o cualquier otro tipo de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009C29C1" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>auto-text</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>. “Las comillas serán dobles</w:t>
+      </w:r>
+      <w:r w:rsidR="009C29C1" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y terminarán después de las señales de puntuación.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53F4CD59" w14:textId="77777777" w:rsidR="007177F5" w:rsidRPr="00A5441A" w:rsidRDefault="007177F5" w:rsidP="00187E91">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B71DEA0" w14:textId="71A4A9C7" w:rsidR="00E71B9C" w:rsidRPr="004C5EE8" w:rsidRDefault="005C67D8" w:rsidP="00E71B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00884CA4">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Figuras y Tablas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E71B9C" w:rsidRPr="004C5EE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova"/>
+          <w:color w:val="00CDC5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Gill Sans nova </w:t>
+      </w:r>
+      <w:r w:rsidR="00E71B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova"/>
+          <w:color w:val="00CDC5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>normal</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71B9C" w:rsidRPr="004C5EE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova"/>
+          <w:color w:val="00CDC5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7176AE30" w14:textId="0A768A60" w:rsidR="00187E91" w:rsidRPr="00E71B9C" w:rsidRDefault="00187E91" w:rsidP="00187E91">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="710565FD" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="00A5441A" w:rsidRDefault="005C67D8" w:rsidP="00187E91">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7726932B" w14:textId="77777777" w:rsidR="00187E91" w:rsidRPr="00A5441A" w:rsidRDefault="005C67D8" w:rsidP="00187E91">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Definimos </w:t>
+      </w:r>
+      <w:r w:rsidR="00187E91" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">figura </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>como toda</w:t>
+      </w:r>
+      <w:r w:rsidR="00187E91" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> imagen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, diseño, fotografía o gráfico. Irán siempre acompañadas de un pie de texto</w:t>
+      </w:r>
+      <w:r w:rsidR="00187E91" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o leyenda inferior. </w:t>
+      </w:r>
+      <w:r w:rsidR="00187E91" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t>El</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t>/la</w:t>
+      </w:r>
+      <w:r w:rsidR="00187E91" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> autor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t>/a del trabajo de investigación</w:t>
+      </w:r>
+      <w:r w:rsidR="00187E91" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">el/la única </w:t>
+      </w:r>
+      <w:r w:rsidR="00187E91" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t>responsable de la autorización de reproducción de la obra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE8C6FE" w14:textId="77777777" w:rsidR="00187E91" w:rsidRPr="00A5441A" w:rsidRDefault="00187E91" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0626C72F" w14:textId="77777777" w:rsidR="00187E91" w:rsidRPr="00A5441A" w:rsidRDefault="00187E91" w:rsidP="00187E91">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Presentamos algunos ejemplos a título ilustrativo en cuanto a la presentación, citación y referencia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B3FF70" w14:textId="77777777" w:rsidR="00187E91" w:rsidRPr="00A5441A" w:rsidRDefault="00187E91" w:rsidP="00187E91">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C5B295A" w14:textId="47BADC69" w:rsidR="00187E91" w:rsidRPr="00263476" w:rsidRDefault="00187E91" w:rsidP="00263476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="604E4E57" w14:textId="3E3B6CAF" w:rsidR="00187E91" w:rsidRDefault="00187E91" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Figura 1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10C0B" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nombre del autor/a</w:t>
+      </w:r>
+      <w:r w:rsidR="001017A8" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. 2000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>). De la serie</w:t>
+      </w:r>
+      <w:r w:rsidR="00455CA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10C0B" w:rsidRPr="00455CA7">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>Titulo en cursiva</w:t>
+      </w:r>
+      <w:r w:rsidR="001017A8" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10C0B" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tipo o Soporte de la obra. Ejemplo: </w:t>
+      </w:r>
+      <w:r w:rsidR="001017A8" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Imagen Digital (Gill Sans</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10C0B" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Fotografía</w:t>
+        <w:t>, centrado, imagen siempre con la referencia del autor, fecha. L</w:t>
       </w:r>
       <w:r w:rsidR="001017A8" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>/Pintura</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>a altura de la imagen es hacia 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cm</w:t>
+      </w:r>
       <w:r w:rsidR="001017A8" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...16 lines deleted...]
-        <w:t>etc</w:t>
+        <w:t xml:space="preserve"> aprox</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. A la derecha: </w:t>
-[...26 lines deleted...]
-      </w:r>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A65F094" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRPr="00A5441A" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C7642FF" w14:textId="187BF7B2" w:rsidR="00187E91" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66A680EF" wp14:editId="693F2919">
+            <wp:extent cx="2000250" cy="2533650"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1689316844" name="Imagen 5" descr="Un par de personas en un escenario&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1689316844" name="Imagen 5" descr="Un par de personas en un escenario&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noRot="1" noChangeAspect="1" noEditPoints="1" noChangeArrowheads="1" noCrop="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2000250" cy="2533650"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EAD4C76" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0837AEEE" w14:textId="1CA67ECD" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 10</w:t>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>uente:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, centrado, imagen siempre con la referencia del autor, fecha. La alt</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citada con normativa APA7. Incluir el hipervínculo si fuese necesario.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC9AF58" w14:textId="310C40F9" w:rsidR="00FF58C9" w:rsidRPr="005C67D8" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FF5102C" w14:textId="10C410EB" w:rsidR="00187E91" w:rsidRDefault="00187E91" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Las figuras también podrán presentarse agrupadas (Figuras 2 y 3) con un "ajuste de texto" en la opción "en línea con el texto":</w:t>
+      </w:r>
+      <w:r w:rsidR="001017A8" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B2530D" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03CCCB44" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CCCB786" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="070D4DEB" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6961CD8F" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74E998EB" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C34CEF1" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRPr="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CC9CD47" w14:textId="77777777" w:rsidR="00455CA7" w:rsidRDefault="00455CA7" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5036805E" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2939202C" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C2C77F7" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F7EE2F4" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74A7929D" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2078B18F" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34E3C334" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B6436C6" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EDC663F" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> aprox</w:t>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Figuras 2 y 3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>. Separación entre imágenes: un espacio de teclado)</w:t>
-[...22 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> A la izquierda: Nombre del autor/a. Título de la obra. (fecha). De la serie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884CA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Titulo de la serie.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Cualquier imagen deberá llevar una referencia de autoría o de origen de </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fotografía/Pintura</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>la misma</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/..</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>etc. A la derecha: Nombre del autor/a. Título de la obra. (fecha). De la serie Titulo de la serie. Fotografía/Pintura</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>etc.  Fotografía. (Gill Sans Light 10, centrado, imagen siempre con la referencia del autor, fecha. La altura de la imagen: 10 cm aprox. Separación entre imágenes: un espacio de teclado)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8B94E9" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="290B30B6" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="005C67D8" w:rsidRDefault="003D0761" w:rsidP="005C67D8">
+    <w:p w14:paraId="35E6283A" w14:textId="656D0081" w:rsidR="005C67D8" w:rsidRPr="005C67D8" w:rsidRDefault="00FF58C9" w:rsidP="00455CA7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D0761">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <v:imagedata r:id="rId18" o:title=""/>
+        <w:pict w14:anchorId="6E445161">
+          <v:shape id="_x0000_i1027" type="#_x0000_t75" alt="Un gabinete de madera&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;Descripción generada automáticamente con confianza baja" style="width:141.5pt;height:199.5pt;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
+            <v:imagedata r:id="rId19" o:title="Un gabinete de madera&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;Descripción generada automáticamente con confianza baja"/>
             <o:lock v:ext="edit" rotation="t" cropping="t" verticies="t"/>
           </v:shape>
         </w:pict>
       </w:r>
-    </w:p>
-[...137 lines deleted...]
-      <w:r w:rsidRPr="003D0761">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:pict w14:anchorId="53619CC4">
-[...1 lines deleted...]
-            <v:imagedata r:id="rId19" o:title=""/>
+        <w:pict w14:anchorId="1FD809A8">
+          <v:shape id="_x0000_i1028" type="#_x0000_t75" alt="" style="width:150pt;height:199.5pt;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
+            <v:imagedata r:id="rId20" o:title=""/>
             <o:lock v:ext="edit" rotation="t" cropping="t" verticies="t"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2752FE66" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="00881DB0" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
+    <w:p w14:paraId="04E220D1" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="005C67D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="365767F4" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="35F643CE" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="00A5441A" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>uente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citada con normativa APA7. Incluir el hipervínculo si fuese necesario.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28FABDFD" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRPr="00455CA7" w:rsidRDefault="00FF58C9" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34D0F436" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="005C67D8" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F357CCE" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRDefault="00C10C0B" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cualquier imagen deberá llevar una referencia de autoría o de origen de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>la misma</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5615995B" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EA215C4" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRPr="00A5441A" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Figura 4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Arquerías del Foro Romano del Siglo XXI. (Coliseo). Roma. Foto de… nombre de autor/a (2020).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5201C5B9" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="005C67D8" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="290B30B6" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="005C67D8" w:rsidRDefault="00FF58C9" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict w14:anchorId="289382A5">
+          <v:shape id="_x0000_i1029" type="#_x0000_t75" alt="" style="width:155.5pt;height:198.5pt;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
+            <v:imagedata r:id="rId21" o:title=""/>
+            <o:lock v:ext="edit" rotation="t" cropping="t" verticies="t"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D587C2D" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="005C67D8" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D6953FF" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>uente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citada con normativa APA7. Incluir el hipervínculo si fuese necesario.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD3421A" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="00A5441A" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="259BBDDB" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="00A5441A" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Si el autor/a del artículo es autor de una fotografía o gráfico, se debe señalar como se muestra en la Figura 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62CF4F4D" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="005C67D8" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5875F84E" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E595131" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="430D5749" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRPr="00A5441A" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Figura 5.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007335B2" w:rsidRPr="00A5441A">
+      <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Baño de Agua en Madrid.</w:t>
-      </w:r>
+        <w:t>Baño de Agua en Madrid. (fecha). Fuente: propia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3105B569" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46222785" w14:textId="38CE2BE0" w:rsidR="005C67D8" w:rsidRPr="005C67D8" w:rsidRDefault="00FF58C9" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict w14:anchorId="53619CC4">
+          <v:shape id="_x0000_i1030" type="#_x0000_t75" alt="" style="width:265.5pt;height:199.5pt;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
+            <v:imagedata r:id="rId22" o:title=""/>
+            <o:lock v:ext="edit" rotation="t" cropping="t" verticies="t"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2752FE66" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="00881DB0" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FA38C4B" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>uente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007335B2" w:rsidRPr="00A5441A">
-[...24 lines deleted...]
-        <w:t>Fuente: propia.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citada con normativa APA7. Incluir el hipervínculo si fuese necesario.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43940AE1" w14:textId="77777777" w:rsidR="007177F5" w:rsidRDefault="007177F5" w:rsidP="007177F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="217239CC" w14:textId="77777777" w:rsidR="007177F5" w:rsidRDefault="007177F5" w:rsidP="007177F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36201BB4" w14:textId="77777777" w:rsidR="007177F5" w:rsidRPr="00A5441A" w:rsidRDefault="007177F5" w:rsidP="007177F5">
@@ -3520,51 +3781,50 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F3F3FEA" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="00A5441A" w:rsidRDefault="003E7B2B" w:rsidP="005C67D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Puesto que somos una publicación de arte, a</w:t>
       </w:r>
       <w:r w:rsidR="007177F5" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nimamos a los autor</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">es a la investigación y realización de gráficos, </w:t>
       </w:r>
       <w:r w:rsidR="007177F5" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tablas</w:t>
@@ -3778,51 +4038,51 @@
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00415F7E" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> descrita en APA 7</w:t>
       </w:r>
       <w:r w:rsidR="00674531" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00415F7E" w:rsidRPr="00A5441A">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://normas-apa.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3A8B49C0" w14:textId="77777777" w:rsidR="00D921A5" w:rsidRPr="00A5441A" w:rsidRDefault="00D921A5" w:rsidP="00694943">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3852,92 +4112,72 @@
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>MacKinlay</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E90328" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>, J. y</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> Shneiderman, B. (1999). Readings in information visualization: using vision to think</w:t>
+      </w:r>
+      <w:r w:rsidR="004B21BC" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
-[...26 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Morgan Kaufmann. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C9929B0" w14:textId="77777777" w:rsidR="00016C66" w:rsidRPr="00A5441A" w:rsidRDefault="009C13A5" w:rsidP="00694943">
+    <w:p w14:paraId="0C9929B0" w14:textId="3A1C11FE" w:rsidR="00016C66" w:rsidRPr="00A5441A" w:rsidRDefault="009C13A5" w:rsidP="00694943">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Hernández</w:t>
       </w:r>
       <w:r w:rsidR="002445C4" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
@@ -3993,51 +4233,60 @@
         </w:rPr>
         <w:t>WWF/Adena, Madrid, España,</w:t>
       </w:r>
       <w:r w:rsidR="00016C66" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> p. 3. </w:t>
       </w:r>
       <w:r w:rsidR="002445C4" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Recuperado de</w:t>
       </w:r>
       <w:r w:rsidR="00016C66" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: http://awsassets.wwf.es/downloads/Fuego_a_las_puertas_20171.pdf?_ga=2.227547101.1154487364.1534832701-308208004.1534832701 </w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00016C66" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">http://awsassets.wwf.es/downloads/Fuego_a_las_puertas_20171.pdf?_ga=2.227547101.1154487364.1534832701-308208004.1534832701 </w:t>
       </w:r>
       <w:r w:rsidR="00016C66" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>(Fecha consulta 24-04-2019)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AE10932" w14:textId="77777777" w:rsidR="00674531" w:rsidRPr="00A5441A" w:rsidRDefault="00674531" w:rsidP="00694943">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
@@ -4070,126 +4319,126 @@
         <w:t xml:space="preserve">Por favor consultar </w:t>
       </w:r>
       <w:r w:rsidR="00A5441A">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>los</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> casos específicos de citación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E9081C2" w14:textId="77777777" w:rsidR="00674531" w:rsidRPr="00A5441A" w:rsidRDefault="00674531" w:rsidP="00694943">
+    <w:p w14:paraId="3E9081C2" w14:textId="0AA67634" w:rsidR="00674531" w:rsidRPr="00A5441A" w:rsidRDefault="00674531" w:rsidP="00694943">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48CED2D5" w14:textId="77777777" w:rsidR="007335B2" w:rsidRDefault="007335B2" w:rsidP="00396606">
+    <w:p w14:paraId="48CED2D5" w14:textId="660BDC51" w:rsidR="007335B2" w:rsidRDefault="007335B2" w:rsidP="00396606">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61732647" w14:textId="77777777" w:rsidR="00884CA4" w:rsidRDefault="00884CA4" w:rsidP="00396606">
+    <w:p w14:paraId="61732647" w14:textId="20952EDF" w:rsidR="00884CA4" w:rsidRDefault="00884CA4" w:rsidP="00396606">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54A31E9E" w14:textId="77777777" w:rsidR="00884CA4" w:rsidRDefault="00884CA4" w:rsidP="00396606">
+    <w:p w14:paraId="54A31E9E" w14:textId="3DDD08BE" w:rsidR="00884CA4" w:rsidRDefault="00884CA4" w:rsidP="00396606">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="417B09AC" w14:textId="19906C9A" w:rsidR="00396606" w:rsidRPr="00A5441A" w:rsidRDefault="00396606" w:rsidP="00396606">
+    <w:p w14:paraId="417B09AC" w14:textId="78D66F4B" w:rsidR="00396606" w:rsidRPr="00A5441A" w:rsidRDefault="00396606" w:rsidP="00396606">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dirección de envíos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282EF296" w14:textId="77777777" w:rsidR="00396606" w:rsidRPr="00A5441A" w:rsidRDefault="00396606" w:rsidP="00396606">
+    <w:p w14:paraId="282EF296" w14:textId="2201D9F8" w:rsidR="00396606" w:rsidRPr="00A5441A" w:rsidRDefault="00396606" w:rsidP="00396606">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04D4A838" w14:textId="7862E0ED" w:rsidR="0082769A" w:rsidRDefault="00CD366B" w:rsidP="00396606">
+    <w:p w14:paraId="04D4A838" w14:textId="6B80F6D3" w:rsidR="0082769A" w:rsidRDefault="00CD366B" w:rsidP="00396606">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Los artículos serán remitidos a</w:t>
       </w:r>
       <w:r w:rsidR="002805CE">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> través de la plataforma OJS de la revista. En caso de que tenga algún problema con el envío no deje de contactar con </w:t>
       </w:r>
@@ -4223,135 +4472,135 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dinadores editoriales</w:t>
       </w:r>
       <w:r w:rsidR="00A87C2D">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> si es un número monográfico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13AA31BB" w14:textId="77777777" w:rsidR="0082769A" w:rsidRDefault="0082769A" w:rsidP="00396606">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="716D021C" w14:textId="03429F24" w:rsidR="00180524" w:rsidRDefault="0082769A" w:rsidP="0082769A">
+    <w:p w14:paraId="716D021C" w14:textId="042AA33F" w:rsidR="00180524" w:rsidRDefault="0082769A" w:rsidP="0082769A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:color w:val="008CCF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0082769A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tomás Zarza Núñez.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="007E046C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>tomas.zarza@urjc.es</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2DDFD124" w14:textId="26D11A91" w:rsidR="0082769A" w:rsidRDefault="00E71B9C" w:rsidP="0082769A">
+    <w:p w14:paraId="2DDFD124" w14:textId="6B984A35" w:rsidR="0082769A" w:rsidRDefault="00E71B9C" w:rsidP="0082769A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Miguel Sánchez-Moñita</w:t>
       </w:r>
       <w:r w:rsidR="0082769A" w:rsidRPr="0082769A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0082769A" w:rsidRPr="0082769A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="007E046C" w:rsidRPr="007E046C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
           </w:rPr>
           <w:t>miguel.sanchezmonita@urjc.es</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4AE48EC0" w14:textId="77777777" w:rsidR="007E046C" w:rsidRDefault="007E046C" w:rsidP="0082769A">
+    <w:p w14:paraId="4AE48EC0" w14:textId="1BF1CDC6" w:rsidR="007E046C" w:rsidRDefault="007E046C" w:rsidP="0082769A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:color w:val="008CCF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F5DBE06" w14:textId="58B471E0" w:rsidR="0082769A" w:rsidRPr="0082769A" w:rsidRDefault="00FD26C6" w:rsidP="0082769A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F21F15">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="FFD966" w:themeColor="accent4" w:themeTint="99"/>
@@ -4397,905 +4646,1295 @@
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="00CDC5"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns="">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5CB8DE7F" id="Rectángulo 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:.1pt;margin-top:16.2pt;width:484pt;height:14.45pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBe9OYe3AEAAK4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpS4marlCrRUgL&#13;&#10;i7TsBziO01g4HjN2m5avZ+y03QpuKy6WxzN+nvfmeXV37A07KPQabMWLSc6ZshIabXcVf/5x/27J&#13;&#10;mQ/CNsKAVRU/Kc/v1m/frAZXqil0YBqFjECsLwdX8S4EV2aZl53qhZ+AU5aSLWAvAoW4yxoUA6H3&#13;&#10;Jpvm+SIbABuHIJX3dLodk3yd8NtWyfDYtl4FZipOvYW0YlrruGbrlSh3KFyn5bkN8YoueqEtPXqF&#13;&#10;2oog2B71P1C9lgge2jCR0GfQtlqqxIHYFPlfbJ464VTiQuJ4d5XJ/z9Y+e3w5L5jbN27B5A/PSmS&#13;&#10;Dc6X10wMPNWwevgKDc1Q7AMksscW+3iTaLBj0vR01VQdA5N0uChmi2VO0kvKFcv382IeRc9Eebnt&#13;&#10;0IfPCnoWNxVHmllCF4cHH8bSS0lqE4xu7rUxKcBdvTHIDiLON99sNxd0f1tmbCy2EK+NiOOJSg45&#13;&#10;P3PhGb3jyxqaE3FGGC1DFqdNB/ibs4HsUnH/ay9QcWa+WJrHx2I2i/5KwWz+YUoB3mbq24ywkqAq&#13;&#10;LgNyNgabMLpy71DvOnqrSCJY+ERqtzoJ8dLXeUZkiiTl2cDRdbdxqnr5Zus/AAAA//8DAFBLAwQU&#13;&#10;AAYACAAAACEA+6pCWOEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fja&#13;&#10;jlVb13SaGEhcODA47Jg1WVrROCXJuuzfY05wsWQ/+/N79SbZgU3ah96hgHyWAdPYOtWjEfD58fKw&#13;&#10;BBaiRCUHh1rAVQfYNLc3tayUu+C7nvbRMIJgqKSALsax4jy0nbYyzNyokbST81ZGar3hyssLwe3A&#13;&#10;iywruZU90odOjvqp0+3X/myJchivJn82crdNr4v0vTi9TX4S4v4u7dZUtmtgUaf4dwG/Gcg/NGTs&#13;&#10;6M6oAhsEFLQnYF48AiN1VS5pcBRQ5nPgTc3/Z2h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#13;&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#13;&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#13;&#10;AAAhAF705h7cAQAArgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#13;&#10;AAgAAAAhAPuqQljhAAAACwEAAA8AAAAAAAAAAAAAAAAANgQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#13;&#10;AAAABAAEAPMAAABEBQAAAAA=&#13;&#10;" fillcolor="#00cdc5" stroked="f">
+              <v:rect w14:anchorId="6FE0A103" id="Rectángulo 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:.1pt;margin-top:16.2pt;width:484pt;height:14.45pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBe9OYe3AEAAK4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpS4marlCrRUgL&#10;i7TsBziO01g4HjN2m5avZ+y03QpuKy6WxzN+nvfmeXV37A07KPQabMWLSc6ZshIabXcVf/5x/27J&#10;mQ/CNsKAVRU/Kc/v1m/frAZXqil0YBqFjECsLwdX8S4EV2aZl53qhZ+AU5aSLWAvAoW4yxoUA6H3&#10;Jpvm+SIbABuHIJX3dLodk3yd8NtWyfDYtl4FZipOvYW0YlrruGbrlSh3KFyn5bkN8YoueqEtPXqF&#10;2oog2B71P1C9lgge2jCR0GfQtlqqxIHYFPlfbJ464VTiQuJ4d5XJ/z9Y+e3w5L5jbN27B5A/PSmS&#10;Dc6X10wMPNWwevgKDc1Q7AMksscW+3iTaLBj0vR01VQdA5N0uChmi2VO0kvKFcv382IeRc9Eebnt&#10;0IfPCnoWNxVHmllCF4cHH8bSS0lqE4xu7rUxKcBdvTHIDiLON99sNxd0f1tmbCy2EK+NiOOJSg45&#10;P3PhGb3jyxqaE3FGGC1DFqdNB/ibs4HsUnH/ay9QcWa+WJrHx2I2i/5KwWz+YUoB3mbq24ywkqAq&#10;LgNyNgabMLpy71DvOnqrSCJY+ERqtzoJ8dLXeUZkiiTl2cDRdbdxqnr5Zus/AAAA//8DAFBLAwQU&#10;AAYACAAAACEAKldTvNwAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyOy07DMBBF90j8gzVI7KiT&#10;lEYlxKkqHhIbFhQWLKex60TE42C7afr3DCtYzr1XZ069md0gJhNi70lBvshAGGq97skq+Hh/vlmD&#10;iAlJ4+DJKDibCJvm8qLGSvsTvZlpl6xgCMUKFXQpjZWUse2Mw7jwoyHuDj44THwGK3XAE8PdIIss&#10;K6XDnvhDh6N56Ez7tTs6pnyOZ5s/WXzczi+r+Xt1eJ3CpNT11by9B5HMnP7G8KvP6tCw094fSUcx&#10;KCh4p2BZ3ILg9q5cc7BXUOZLkE0t/+s3PwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBe&#10;9OYe3AEAAK4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAqV1O83AAAAAYBAAAPAAAAAAAAAAAAAAAAADYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" fillcolor="#00cdc5" stroked="f">
                 <w10:wrap type="through"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58AA82A7" w14:textId="0FE17E3C" w:rsidR="00B334A2" w:rsidRDefault="00B334A2" w:rsidP="00180524">
+    <w:p w14:paraId="58AA82A7" w14:textId="65AE2464" w:rsidR="00B334A2" w:rsidRDefault="00B334A2" w:rsidP="00180524">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:color w:val="008CCF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DF6D4D8" w14:textId="147CAA95" w:rsidR="000D53F1" w:rsidRPr="00263476" w:rsidRDefault="000D53F1" w:rsidP="00180524">
+    <w:p w14:paraId="7DF6D4D8" w14:textId="7F7096EE" w:rsidR="000D53F1" w:rsidRPr="00263476" w:rsidRDefault="000D53F1" w:rsidP="00180524">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:color w:val="008CCF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0150593C" w14:textId="6F9275F5" w:rsidR="0037362D" w:rsidRPr="00263476" w:rsidRDefault="00CD366B" w:rsidP="0037362D">
+    <w:p w14:paraId="0150593C" w14:textId="55788E59" w:rsidR="0037362D" w:rsidRPr="00263476" w:rsidRDefault="00FF58C9" w:rsidP="0037362D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:color w:val="008CCF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00263476">
-[...50 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:rPr>
-[...416 lines deleted...]
-      <w:r w:rsidR="00FD26C6">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FBCFE2D" wp14:editId="6A7D5740">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FBCFE2D" wp14:editId="0CF9E126">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:align>top</wp:align>
+              <wp:posOffset>4102100</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1981200" cy="1993900"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="12" name="Imagen 12" descr="Un dibujo de una persona&#10;&#10;Descripción generada automáticamente con confianza baja"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="12" name="Imagen 12" descr="Un dibujo de una persona&#10;&#10;Descripción generada automáticamente con confianza baja"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23">
+                    <a:blip r:embed="rId26">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1981200" cy="1993900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00F41E64">
+      <w:r w:rsidR="00CD366B" w:rsidRPr="00263476">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="008CCF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027C0288" w14:textId="065AFF72" w:rsidR="00180524" w:rsidRDefault="00180524" w:rsidP="00180524">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="008CCF"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A79C391" w14:textId="6F52930F" w:rsidR="00180524" w:rsidRPr="00C14C2C" w:rsidRDefault="00180524" w:rsidP="00180524">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C5084CD" w14:textId="61F6DB13" w:rsidR="00AF4F32" w:rsidRDefault="00AF4F32" w:rsidP="00694943">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>separado.</w:t>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="001728F3" w:rsidRPr="00AF4F32" w:rsidSect="00AA311C">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64CAF084" w14:textId="77777777" w:rsidR="00A87C2D" w:rsidRDefault="00B334A2" w:rsidP="00694943">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D0839E" w14:textId="77777777" w:rsidR="00A87C2D" w:rsidRDefault="00A87C2D" w:rsidP="00694943">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0833E966" w14:textId="77777777" w:rsidR="00A87C2D" w:rsidRDefault="00A87C2D" w:rsidP="00694943">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3704A9DF" w14:textId="77777777" w:rsidR="00A87C2D" w:rsidRDefault="00A87C2D" w:rsidP="00694943">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54DA77BC" w14:textId="77777777" w:rsidR="007E046C" w:rsidRDefault="00A87C2D" w:rsidP="00A87C2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2832"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18038604" w14:textId="3EF4EAA4" w:rsidR="00AF4F32" w:rsidRDefault="00A87C2D" w:rsidP="00A87C2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2832"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4F32" w:rsidRPr="00AF4F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>BIO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A38FD40" w14:textId="15A5B3B4" w:rsidR="00AF4F32" w:rsidRDefault="00AF4F32" w:rsidP="00694943">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57586A1F" w14:textId="77777777" w:rsidR="00AF4F32" w:rsidRDefault="00AF4F32" w:rsidP="00694943">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75EC1A59" w14:textId="77777777" w:rsidR="00AF4F32" w:rsidRDefault="00AF4F32" w:rsidP="00694943">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DBBC888" w14:textId="711D2AAC" w:rsidR="001728F3" w:rsidRPr="00FF58C9" w:rsidRDefault="00180524" w:rsidP="00694943">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Al final del artículo </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4F32" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">queremos que se incluya una pequeña biografía de unas </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4F32" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>200 palabras</w:t>
+      </w:r>
+      <w:r w:rsidR="00036843" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> máx</w:t>
+      </w:r>
+      <w:r w:rsidR="00036843" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4F32" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> También queremos que </w:t>
+      </w:r>
+      <w:r w:rsidR="0023215B" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adjunte </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4F32" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">una fotografía </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4F32" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>de calidad</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4F32" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sobre </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4F32" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>fondo blanco o fondo liso claro</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4F32" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> El tamaño de la fotografía debe ser, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>al menos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 5cm (600x600 píxeles)</w:t>
+      </w:r>
+      <w:r w:rsidR="0037362D" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0023215B" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5AB5" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="004A389E" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>o edite</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05B27" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ni </w:t>
+      </w:r>
+      <w:r w:rsidR="004A389E" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">recorte </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05B27" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la imagen. </w:t>
+      </w:r>
+      <w:r w:rsidR="0023215B" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si el artículo </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1C7E" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>se publica, será la editora de la revista quien haga el tratamiento final de la fo</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05B27" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1C7E" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>grafía.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41E64" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Envíela por separado.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="001728F3" w:rsidRPr="00FF58C9" w:rsidSect="00AA311C">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="709" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4ED61E41" w14:textId="77777777" w:rsidR="003D0761" w:rsidRDefault="003D0761" w:rsidP="00B32E74">
+    <w:p w14:paraId="4DB294E5" w14:textId="77777777" w:rsidR="00F41ABC" w:rsidRDefault="00F41ABC" w:rsidP="00B32E74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="297397A4" w14:textId="77777777" w:rsidR="003D0761" w:rsidRDefault="003D0761" w:rsidP="00B32E74">
+    <w:p w14:paraId="433D32DA" w14:textId="77777777" w:rsidR="00F41ABC" w:rsidRDefault="00F41ABC" w:rsidP="00B32E74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
-    <w:panose1 w:val="00000500000000020000"/>
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans Nova Light">
-    <w:panose1 w:val="020B0302020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans Light">
-    <w:panose1 w:val="020B0302020104020203"/>
+    <w:altName w:val="Arial"/>
     <w:charset w:val="B1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000A67" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001F7" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans Nova">
-    <w:panose1 w:val="020B0602020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans">
     <w:altName w:val="Gill Sans Nova"/>
-    <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="B1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000A67" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001F7" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Gill Sans Nova Cond Lt">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E32600B" w14:textId="77777777" w:rsidR="00415F7E" w:rsidRDefault="00415F7E" w:rsidP="00205D49">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00822625">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6D9B8A3E" w14:textId="77777777" w:rsidR="00415F7E" w:rsidRDefault="00415F7E" w:rsidP="00D41FDB">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="18EEC7F6" w14:textId="77777777" w:rsidR="00415F7E" w:rsidRDefault="00415F7E" w:rsidP="00205D49">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="18EEC7F6" w14:textId="77777777" w:rsidR="00415F7E" w:rsidRPr="00C75F82" w:rsidRDefault="00415F7E" w:rsidP="00205D49">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Gill Sans Nova Cond Lt" w:hAnsi="Gill Sans Nova Cond Lt"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00C75F82">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Gill Sans Nova Cond Lt" w:hAnsi="Gill Sans Nova Cond Lt"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00822625">
+    <w:r w:rsidR="00822625" w:rsidRPr="00C75F82">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Gill Sans Nova Cond Lt" w:hAnsi="Gill Sans Nova Cond Lt"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00C75F82">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Gill Sans Nova Cond Lt" w:hAnsi="Gill Sans Nova Cond Lt"/>
       </w:rPr>
       <w:instrText xml:space="preserve">  </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00C75F82">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Gill Sans Nova Cond Lt" w:hAnsi="Gill Sans Nova Cond Lt"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00362428">
+    <w:r w:rsidR="00362428" w:rsidRPr="00C75F82">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Gill Sans Nova Cond Lt" w:hAnsi="Gill Sans Nova Cond Lt"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00C75F82">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Gill Sans Nova Cond Lt" w:hAnsi="Gill Sans Nova Cond Lt"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1B79E750" w14:textId="44CFBD59" w:rsidR="00415F7E" w:rsidRDefault="00415F7E">
+  <w:p w14:paraId="640097DB" w14:textId="5E4DC859" w:rsidR="00E23EDF" w:rsidRPr="00E23EDF" w:rsidRDefault="00E23EDF" w:rsidP="00E23EDF">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00E23EDF">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B7CF062" wp14:editId="6E79C98D">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>1398270</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>89535</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="2564130" cy="492760"/>
+              <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+              <wp:wrapSquare wrapText="bothSides"/>
+              <wp:docPr id="217" name="Cuadro de texto 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="2564130" cy="492760"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="9525">
+                        <a:noFill/>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3463F765" w14:textId="46791B06" w:rsidR="00E23EDF" w:rsidRDefault="00E23EDF" w:rsidP="00C75F82">
+                          <w:pPr>
+                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:lang w:val="es-ES_tradnl"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00E23EDF">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="00CDC5"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:lang w:val="es-ES_tradnl"/>
+                            </w:rPr>
+                            <w:t>ASRI</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00E23EDF">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+                              <w:color w:val="00CDC5"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:lang w:val="es-ES_tradnl"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00E23EDF">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:lang w:val="es-ES_tradnl"/>
+                            </w:rPr>
+                            <w:t>– Arte y Sociedad. Revista de Investigación</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="6D56E009" w14:textId="72DF0E0D" w:rsidR="00C75F82" w:rsidRDefault="00C75F82" w:rsidP="00C75F82">
+                          <w:pPr>
+                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="00CDC5"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:lang w:val="es-ES_tradnl"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Núm.. XX. </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00E23EDF">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:lang w:val="es-ES_tradnl"/>
+                            </w:rPr>
+                            <w:t>A</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:lang w:val="es-ES_tradnl"/>
+                            </w:rPr>
+                            <w:t>ño 20XX       ISSN: 2174-7563</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="0B7CF062" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:110.1pt;margin-top:7.05pt;width:201.9pt;height:38.8pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDquBGP+AEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817JV24kFy0GaNEWB&#10;9AGk/YA1RVlESS5L0pbcr++SchyjvRXVgVhqydmd2eH6ZjCaHaQPCm3NZ5MpZ9IKbJTd1fz7t4c3&#10;15yFCLYBjVbW/CgDv9m8frXuXSVL7FA30jMCsaHqXc27GF1VFEF00kCYoJOWki16A5G2flc0HnpC&#10;N7oop9Nl0aNvnEchQ6C/92OSbzJ+20oRv7RtkJHpmlNvMa8+r9u0Fps1VDsPrlPi1Ab8QxcGlKWi&#10;Z6h7iMD2Xv0FZZTwGLCNE4GmwLZVQmYOxGY2/YPNUwdOZi4kTnBnmcL/gxWfD0/uq2dxeIcDDTCT&#10;CO4RxY/ALN51YHfy1nvsOwkNFZ4lyYrehep0NUkdqpBAtv0nbGjIsI+YgYbWm6QK8WSETgM4nkWX&#10;Q2SCfpaL5Xz2llKCcvNVebXMUymger7tfIgfJBqWgpp7GmpGh8NjiKkbqJ6PpGIWH5TWebDasr7m&#10;q0W5yBcuMkZF8p1WpubX0/SNTkgk39smX46g9BhTAW1PrBPRkXIctgMdTOy32ByJv8fRX/QeKOjQ&#10;/+KsJ2/VPPzcg5ec6Y+WNFzN5vNkxryZL65K2vjLzPYyA1YQVM0jZ2N4F7OBR663pHWrsgwvnZx6&#10;Jc9kdU7+Tqa83OdTL69w8xsAAP//AwBQSwMEFAAGAAgAAAAhAFAqwBvcAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoHSuUNsSpEIgriAKVuLnxNomI11HsNuHvWU70uJqn&#10;2TflZva9OOEYu0AGsoUCgVQH11Fj4OP9+WYFIiZLzvaB0MAPRthUlxelLVyY6A1P29QILqFYWANt&#10;SkMhZaxb9DYuwoDE2SGM3iY+x0a60U5c7nuplVpKbzviD60d8LHF+nt79AY+Xw5fu1y9Nk/+dpjC&#10;rCT5tTTm+mp+uAeRcE7/MPzpszpU7LQPR3JR9Aa0VppRDvIMBANLnfO4vYF1dgeyKuX5guoXAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6rgRj/gBAADNAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUCrAG9wAAAAJAQAADwAAAAAAAAAAAAAAAABS&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="3463F765" w14:textId="46791B06" w:rsidR="00E23EDF" w:rsidRDefault="00E23EDF" w:rsidP="00C75F82">
+                    <w:pPr>
+                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="es-ES_tradnl"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00E23EDF">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="00CDC5"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="es-ES_tradnl"/>
+                      </w:rPr>
+                      <w:t>ASRI</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00E23EDF">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+                        <w:color w:val="00CDC5"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="es-ES_tradnl"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00E23EDF">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="es-ES_tradnl"/>
+                      </w:rPr>
+                      <w:t>– Arte y Sociedad. Revista de Investigación</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="6D56E009" w14:textId="72DF0E0D" w:rsidR="00C75F82" w:rsidRDefault="00C75F82" w:rsidP="00C75F82">
+                    <w:pPr>
+                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="00CDC5"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="es-ES_tradnl"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Núm.. XX. </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00E23EDF">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="es-ES_tradnl"/>
+                      </w:rPr>
+                      <w:t>A</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="es-ES_tradnl"/>
+                      </w:rPr>
+                      <w:t>ño 20XX       ISSN: 2174-7563</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="square"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidRPr="00E23EDF">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E2B5F36" wp14:editId="68E72CEC">
+          <wp:extent cx="1249045" cy="488936"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+          <wp:docPr id="794549087" name="Imagen 4"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 7"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1268700" cy="496630"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00E23EDF">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00E23EDF">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3938A3FE" wp14:editId="732C08B4">
+          <wp:extent cx="1977656" cy="457486"/>
+          <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+          <wp:docPr id="1229057703" name="Imagen 5" descr="Texto&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1229057703" name="Imagen 5" descr="Texto&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2060677" cy="476691"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1B79E750" w14:textId="51E41AB4" w:rsidR="00415F7E" w:rsidRDefault="00E23EDF">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">   </w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2BBD9A48" w14:textId="77777777" w:rsidR="00C75F82" w:rsidRDefault="00C75F82">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53209D5C" w14:textId="77777777" w:rsidR="003D0761" w:rsidRDefault="003D0761" w:rsidP="00B32E74">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4F44CB71" w14:textId="77777777" w:rsidR="00F41ABC" w:rsidRDefault="00F41ABC" w:rsidP="00B32E74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk216794943"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6271E3E8" w14:textId="77777777" w:rsidR="003D0761" w:rsidRDefault="003D0761" w:rsidP="00B32E74">
+    <w:p w14:paraId="5D8FFC1E" w14:textId="77777777" w:rsidR="00F41ABC" w:rsidRDefault="00F41ABC" w:rsidP="00B32E74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="14E8C883" w14:textId="77777777" w:rsidR="00C75F82" w:rsidRDefault="00C75F82">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3C018E7B" w14:textId="152D1365" w:rsidR="00415F7E" w:rsidRPr="00FA7BC2" w:rsidRDefault="008B0D74" w:rsidP="00E80145">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="4248" w:firstLine="708"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:eastAsia="es-ES_tradnl"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02A8BE9B" wp14:editId="2F0A0E33">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
@@ -5384,52 +6023,62 @@
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t>Título del artículo del artículo</w:t>
     </w:r>
     <w:r w:rsidR="00415F7E" w:rsidRPr="00505796">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
         <w:color w:val="808080"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="22C3DD54" w14:textId="77777777" w:rsidR="00415F7E" w:rsidRDefault="00415F7E" w:rsidP="00E80145">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="44B05A9E" w14:textId="77777777" w:rsidR="00C75F82" w:rsidRDefault="00C75F82">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="05224770"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7143,52 +7792,52 @@
   <w:num w:numId="11" w16cid:durableId="1804959375">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1516964056">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="93408852">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1621186371">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1102527434">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="557976833">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="276107404">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -7505,68 +8154,70 @@
     <w:rsid w:val="00857741"/>
     <w:rsid w:val="00863E13"/>
     <w:rsid w:val="008678BB"/>
     <w:rsid w:val="00873D9F"/>
     <w:rsid w:val="00881DB0"/>
     <w:rsid w:val="00882F7A"/>
     <w:rsid w:val="00884CA4"/>
     <w:rsid w:val="00893968"/>
     <w:rsid w:val="008A43A5"/>
     <w:rsid w:val="008B0D74"/>
     <w:rsid w:val="008B42D6"/>
     <w:rsid w:val="008B5F3A"/>
     <w:rsid w:val="008D12CD"/>
     <w:rsid w:val="008D1B42"/>
     <w:rsid w:val="008D5B4E"/>
     <w:rsid w:val="008E5B47"/>
     <w:rsid w:val="008E72D7"/>
     <w:rsid w:val="008F2E59"/>
     <w:rsid w:val="008F4C73"/>
     <w:rsid w:val="008F7917"/>
     <w:rsid w:val="00903FE4"/>
     <w:rsid w:val="00907E8F"/>
     <w:rsid w:val="00912D07"/>
     <w:rsid w:val="00915B59"/>
     <w:rsid w:val="0091733D"/>
+    <w:rsid w:val="00920C97"/>
     <w:rsid w:val="00937F5C"/>
     <w:rsid w:val="0095501D"/>
     <w:rsid w:val="00957322"/>
     <w:rsid w:val="009643D4"/>
     <w:rsid w:val="00964406"/>
     <w:rsid w:val="00972E22"/>
     <w:rsid w:val="009803FE"/>
     <w:rsid w:val="0098056B"/>
     <w:rsid w:val="00982887"/>
     <w:rsid w:val="0098492B"/>
     <w:rsid w:val="0099153C"/>
     <w:rsid w:val="00992731"/>
     <w:rsid w:val="00993956"/>
     <w:rsid w:val="00997216"/>
     <w:rsid w:val="009974A6"/>
     <w:rsid w:val="00997BFA"/>
     <w:rsid w:val="009A1C7E"/>
     <w:rsid w:val="009B2FC4"/>
+    <w:rsid w:val="009B3AEC"/>
     <w:rsid w:val="009C13A5"/>
     <w:rsid w:val="009C1CBE"/>
     <w:rsid w:val="009C29C1"/>
     <w:rsid w:val="009F771B"/>
     <w:rsid w:val="00A01572"/>
     <w:rsid w:val="00A05B27"/>
     <w:rsid w:val="00A11E6B"/>
     <w:rsid w:val="00A12642"/>
     <w:rsid w:val="00A129D4"/>
     <w:rsid w:val="00A13565"/>
     <w:rsid w:val="00A16EE8"/>
     <w:rsid w:val="00A226BA"/>
     <w:rsid w:val="00A23296"/>
     <w:rsid w:val="00A2491F"/>
     <w:rsid w:val="00A34948"/>
     <w:rsid w:val="00A364E4"/>
     <w:rsid w:val="00A4538F"/>
     <w:rsid w:val="00A50C38"/>
     <w:rsid w:val="00A52B67"/>
     <w:rsid w:val="00A5441A"/>
     <w:rsid w:val="00A62829"/>
     <w:rsid w:val="00A65E85"/>
     <w:rsid w:val="00A661FC"/>
     <w:rsid w:val="00A667D4"/>
     <w:rsid w:val="00A703F9"/>
@@ -7642,50 +8293,51 @@
     <w:rsid w:val="00BE4284"/>
     <w:rsid w:val="00BE4427"/>
     <w:rsid w:val="00BE7138"/>
     <w:rsid w:val="00BF220F"/>
     <w:rsid w:val="00BF665C"/>
     <w:rsid w:val="00C020EF"/>
     <w:rsid w:val="00C04B40"/>
     <w:rsid w:val="00C050F3"/>
     <w:rsid w:val="00C06DC6"/>
     <w:rsid w:val="00C07050"/>
     <w:rsid w:val="00C10C0B"/>
     <w:rsid w:val="00C11168"/>
     <w:rsid w:val="00C15689"/>
     <w:rsid w:val="00C239ED"/>
     <w:rsid w:val="00C24B58"/>
     <w:rsid w:val="00C3742D"/>
     <w:rsid w:val="00C40CCB"/>
     <w:rsid w:val="00C420BD"/>
     <w:rsid w:val="00C5443F"/>
     <w:rsid w:val="00C613B4"/>
     <w:rsid w:val="00C6278C"/>
     <w:rsid w:val="00C63243"/>
     <w:rsid w:val="00C6446D"/>
     <w:rsid w:val="00C705FC"/>
     <w:rsid w:val="00C738C4"/>
+    <w:rsid w:val="00C75F82"/>
     <w:rsid w:val="00C7622E"/>
     <w:rsid w:val="00C8413F"/>
     <w:rsid w:val="00C878A5"/>
     <w:rsid w:val="00C93997"/>
     <w:rsid w:val="00C96054"/>
     <w:rsid w:val="00CA5A07"/>
     <w:rsid w:val="00CB3B39"/>
     <w:rsid w:val="00CB70E0"/>
     <w:rsid w:val="00CC398E"/>
     <w:rsid w:val="00CC5214"/>
     <w:rsid w:val="00CC77A9"/>
     <w:rsid w:val="00CD366B"/>
     <w:rsid w:val="00CF30C8"/>
     <w:rsid w:val="00D04921"/>
     <w:rsid w:val="00D1119E"/>
     <w:rsid w:val="00D145F6"/>
     <w:rsid w:val="00D1751C"/>
     <w:rsid w:val="00D23C68"/>
     <w:rsid w:val="00D23C7F"/>
     <w:rsid w:val="00D3212F"/>
     <w:rsid w:val="00D33B8F"/>
     <w:rsid w:val="00D35027"/>
     <w:rsid w:val="00D3616C"/>
     <w:rsid w:val="00D41FDB"/>
     <w:rsid w:val="00D43D4F"/>
@@ -7703,147 +8355,150 @@
     <w:rsid w:val="00D94155"/>
     <w:rsid w:val="00DA0345"/>
     <w:rsid w:val="00DA0AEE"/>
     <w:rsid w:val="00DB2E47"/>
     <w:rsid w:val="00DB3D46"/>
     <w:rsid w:val="00DC270C"/>
     <w:rsid w:val="00DC2817"/>
     <w:rsid w:val="00DC374B"/>
     <w:rsid w:val="00DC3D72"/>
     <w:rsid w:val="00DC5B4E"/>
     <w:rsid w:val="00DC62BD"/>
     <w:rsid w:val="00DD4DB9"/>
     <w:rsid w:val="00DD6BE6"/>
     <w:rsid w:val="00DD7099"/>
     <w:rsid w:val="00DE0E86"/>
     <w:rsid w:val="00DE22CE"/>
     <w:rsid w:val="00DE29F0"/>
     <w:rsid w:val="00DE40BA"/>
     <w:rsid w:val="00DE44EC"/>
     <w:rsid w:val="00DE5AB5"/>
     <w:rsid w:val="00DE5F16"/>
     <w:rsid w:val="00DF3C3B"/>
     <w:rsid w:val="00E01503"/>
     <w:rsid w:val="00E11851"/>
     <w:rsid w:val="00E20EA4"/>
+    <w:rsid w:val="00E23EDF"/>
     <w:rsid w:val="00E304C5"/>
     <w:rsid w:val="00E4587F"/>
     <w:rsid w:val="00E477D5"/>
     <w:rsid w:val="00E51548"/>
     <w:rsid w:val="00E53F5D"/>
     <w:rsid w:val="00E71B9C"/>
     <w:rsid w:val="00E80145"/>
     <w:rsid w:val="00E8397D"/>
     <w:rsid w:val="00E853DF"/>
     <w:rsid w:val="00E85D1E"/>
     <w:rsid w:val="00E90328"/>
     <w:rsid w:val="00E91605"/>
     <w:rsid w:val="00E9298A"/>
     <w:rsid w:val="00E9676C"/>
     <w:rsid w:val="00E97CF7"/>
     <w:rsid w:val="00EA7785"/>
     <w:rsid w:val="00EB0D37"/>
     <w:rsid w:val="00EB1B20"/>
     <w:rsid w:val="00EB2B2B"/>
     <w:rsid w:val="00EB5F1D"/>
     <w:rsid w:val="00EC264E"/>
     <w:rsid w:val="00EC4656"/>
     <w:rsid w:val="00EC49FA"/>
     <w:rsid w:val="00ED1188"/>
     <w:rsid w:val="00ED2AEA"/>
     <w:rsid w:val="00ED32E1"/>
     <w:rsid w:val="00ED4FC7"/>
     <w:rsid w:val="00ED6335"/>
     <w:rsid w:val="00EE3274"/>
     <w:rsid w:val="00EE7064"/>
     <w:rsid w:val="00EF1C3A"/>
     <w:rsid w:val="00F018C8"/>
     <w:rsid w:val="00F3707F"/>
+    <w:rsid w:val="00F41ABC"/>
     <w:rsid w:val="00F41E64"/>
     <w:rsid w:val="00F52443"/>
     <w:rsid w:val="00F52D38"/>
     <w:rsid w:val="00F6196F"/>
     <w:rsid w:val="00F64A80"/>
     <w:rsid w:val="00F72BE5"/>
     <w:rsid w:val="00F77C2E"/>
     <w:rsid w:val="00F908EC"/>
     <w:rsid w:val="00F92826"/>
     <w:rsid w:val="00F93AC2"/>
     <w:rsid w:val="00F93EF9"/>
     <w:rsid w:val="00FA4841"/>
     <w:rsid w:val="00FA5DE4"/>
     <w:rsid w:val="00FA7014"/>
     <w:rsid w:val="00FA7BC2"/>
     <w:rsid w:val="00FB10A6"/>
     <w:rsid w:val="00FB3226"/>
     <w:rsid w:val="00FB4E21"/>
     <w:rsid w:val="00FB75C8"/>
     <w:rsid w:val="00FC287F"/>
     <w:rsid w:val="00FC3FB7"/>
     <w:rsid w:val="00FD26C6"/>
     <w:rsid w:val="00FD2707"/>
     <w:rsid w:val="00FD3BDA"/>
     <w:rsid w:val="00FD436A"/>
     <w:rsid w:val="00FD7C48"/>
     <w:rsid w:val="00FE535D"/>
     <w:rsid w:val="00FE7D11"/>
     <w:rsid w:val="00FF0A39"/>
     <w:rsid w:val="00FF27AC"/>
     <w:rsid w:val="00FF3F4F"/>
+    <w:rsid w:val="00FF58C9"/>
     <w:rsid w:val="00FF67E4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="27E997C0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DBBF2780-D0C8-FB49-934D-AE67726BB4E5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES_tradnl" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8788,51 +9443,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00036843"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revisin">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0099153C"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="489252631">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1702392377">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -8877,54 +9532,58 @@
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1123379324">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normas-apa.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.zarza@urjc.es" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.revistaasri.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normas-apa.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="miguel.sanchezmonita@urjc.es" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\miguelangel.rego\Downloads\miguel.sanchezmonita@urjc.es" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normas-apa.org/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.zarza@urjc.es" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.revistaasri.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normas-apa.org/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -9197,76 +9856,76 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E994E196-DBB5-C84B-B3D8-BD0CD26FD4F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>998</Words>
-  <Characters>5740</Characters>
+  <Words>1097</Words>
+  <Characters>6036</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>382</Lines>
-  <Paragraphs>160</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6578</CharactersWithSpaces>
+  <CharactersWithSpaces>7119</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Pilar Lara</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>