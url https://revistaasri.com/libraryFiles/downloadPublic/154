--- v1 (2026-01-23)
+++ v2 (2026-03-05)
@@ -1,46 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="649D4A2C" w14:textId="399BC78C" w:rsidR="002717EB" w:rsidRDefault="00BD2A31" w:rsidP="0099153C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F21F15">
@@ -89,53 +86,53 @@
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="00CDC5"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict>
-              <v:rect w14:anchorId="0C1FB785" id="Rectángulo 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:2.6pt;margin-top:80.75pt;width:484pt;height:14.45pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLtVNc2wEAAK4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnplhI1XaFWi5AW&#10;FmnhAxzHaSwcjxm7TcvXM3bSbgU3xMXyeMbP8948r+9PvWFHhV6DrXgxyzlTVkKj7b7i3789vFlx&#10;5oOwjTBgVcXPyvP7zetX68GVag4dmEYhIxDry8FVvAvBlVnmZad64WfglKVkC9iLQCHuswbFQOi9&#10;yeZ5vswGwMYhSOU9ne7GJN8k/LZVMjy1rVeBmYpTbyGtmNY6rtlmLco9CtdpObUh/qGLXmhLj16h&#10;diIIdkD9F1SvJYKHNswk9Bm0rZYqcSA2Rf4Hm+dOOJW4kDjeXWXy/w9Wfjk+u68YW/fuEeQPT4pk&#10;g/PlNRMDTzWsHj5DQzMUhwCJ7KnFPt4kGuyUND1fNVWnwCQdLovFcpWT9JJyxertkvbxCVFebjv0&#10;4aOCnsVNxZFmltDF8dGHsfRSktoEo5sHbUwKcF9vDbKjiPPNt7vt3YTub8uMjcUW4rURcTxRySHT&#10;Mxee0Tu+rKE5E2eE0TJkcdp0gL84G8guFfc/DwIVZ+aTpXm8LxaL6K8ULO7ezSnA20x9mxFWElTF&#10;ZUDOxmAbRlceHOp9R28VSQQLH0jtVichXvqaZkSmSFJOBo6uu41T1cs32/wGAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC1x0G63gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJNC&#10;ShviVBU/EhcOFA49uvHWiYjXwXbT9O1ZTnDcb0azM9V6cr0YMcTOk4J8loFAarzpyCr4/Hi5WYKI&#10;SZPRvSdUcMYI6/ryotKl8Sd6x3GbrOAQiqVW0KY0lFLGpkWn48wPSKwdfHA68RmsNEGfONz1cp5l&#10;C+l0R/yh1QM+tth8bY+OU3bD2ebPVj9tptdi+i4Ob2MYlbq+mjYPIBJO6c8Mv/W5OtTcae+PZKLo&#10;FRRzNjJe5AUI1lf3t0z2TFbZHci6kv8X1D8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;i7VTXNsBAACuAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAtcdBut4AAAAJAQAADwAAAAAAAAAAAAAAAAA1BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" fillcolor="#00cdc5" stroked="f">
+              <v:rect id="Rectángulo 7" style="position:absolute;margin-left:2.6pt;margin-top:80.75pt;width:484pt;height:14.45pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#00cdc5" stroked="f" w14:anchorId="0C1FB785" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLtVNc2wEAAK4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnplhI1XaFWi5AW&#10;FmnhAxzHaSwcjxm7TcvXM3bSbgU3xMXyeMbP8948r+9PvWFHhV6DrXgxyzlTVkKj7b7i3789vFlx&#10;5oOwjTBgVcXPyvP7zetX68GVag4dmEYhIxDry8FVvAvBlVnmZad64WfglKVkC9iLQCHuswbFQOi9&#10;yeZ5vswGwMYhSOU9ne7GJN8k/LZVMjy1rVeBmYpTbyGtmNY6rtlmLco9CtdpObUh/qGLXmhLj16h&#10;diIIdkD9F1SvJYKHNswk9Bm0rZYqcSA2Rf4Hm+dOOJW4kDjeXWXy/w9Wfjk+u68YW/fuEeQPT4pk&#10;g/PlNRMDTzWsHj5DQzMUhwCJ7KnFPt4kGuyUND1fNVWnwCQdLovFcpWT9JJyxertkvbxCVFebjv0&#10;4aOCnsVNxZFmltDF8dGHsfRSktoEo5sHbUwKcF9vDbKjiPPNt7vt3YTub8uMjcUW4rURcTxRySHT&#10;Mxee0Tu+rKE5E2eE0TJkcdp0gL84G8guFfc/DwIVZ+aTpXm8LxaL6K8ULO7ezSnA20x9mxFWElTF&#10;ZUDOxmAbRlceHOp9R28VSQQLH0jtVichXvqaZkSmSFJOBo6uu41T1cs32/wGAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC1x0G63gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJNC&#10;ShviVBU/EhcOFA49uvHWiYjXwXbT9O1ZTnDcb0azM9V6cr0YMcTOk4J8loFAarzpyCr4/Hi5WYKI&#10;SZPRvSdUcMYI6/ryotKl8Sd6x3GbrOAQiqVW0KY0lFLGpkWn48wPSKwdfHA68RmsNEGfONz1cp5l&#10;C+l0R/yh1QM+tth8bY+OU3bD2ebPVj9tptdi+i4Ob2MYlbq+mjYPIBJO6c8Mv/W5OtTcae+PZKLo&#10;FRRzNjJe5AUI1lf3t0z2TFbZHci6kv8X1D8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;i7VTXNsBAACuAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAtcdBut4AAAAJAQAADwAAAAAAAAAAAAAAAAA1BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;">
                 <w10:wrap type="through"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="045167C7" wp14:editId="557149A2">
             <wp:extent cx="3517900" cy="1018572"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="9" name="Imagen 9" descr="Texto&#10;&#10;Descripción generada automáticamente con confianza media"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name="Imagen 7" descr="Texto&#10;&#10;Descripción generada automáticamente con confianza media"/>
                     <pic:cNvPicPr/>
@@ -273,221 +270,269 @@
       <w:r w:rsidR="007A1ACA" w:rsidRPr="00F41E64">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:eastAsia="Times New Roman" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:smallCaps/>
           <w:color w:val="00CCC5"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72179E9B" w14:textId="77777777" w:rsidR="00B31F03" w:rsidRPr="004A7FF9" w:rsidRDefault="00B31F03" w:rsidP="005B6E13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
           <w:smallCaps/>
           <w:color w:val="CFD400"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F2C928A" w14:textId="77777777" w:rsidR="00B31F03" w:rsidRPr="005B5D1B" w:rsidRDefault="007A1ACA" w:rsidP="005B6E13">
+    <w:p w14:paraId="0F2C928A" w14:textId="04F44233" w:rsidR="00B31F03" w:rsidRPr="005B5D1B" w:rsidRDefault="007A1ACA" w:rsidP="005B6E13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B5D1B">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>TÍTULO DEL ARTÍCULO EN INGLÉS</w:t>
       </w:r>
       <w:r w:rsidR="00626D1C" w:rsidRPr="005B5D1B">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B6E13" w:rsidRPr="005B5D1B">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>(Gill Sans Light. cursiva 16</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00626D1C" w:rsidRPr="005B5D1B">
+        <w:t>(Gill Sans</w:t>
+      </w:r>
+      <w:r w:rsidR="00164EBA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
+        <w:t xml:space="preserve"> nova</w:t>
+      </w:r>
+      <w:r w:rsidR="005B6E13" w:rsidRPr="005B5D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Light cursiva</w:t>
+      </w:r>
+      <w:r w:rsidR="00164EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005B6E13" w:rsidRPr="005B5D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16</w:t>
+      </w:r>
+      <w:r w:rsidR="00626D1C" w:rsidRPr="005B5D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BFE7B7E" w14:textId="77777777" w:rsidR="00B31F03" w:rsidRPr="00CB3B39" w:rsidRDefault="00B31F03" w:rsidP="0099153C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
           <w:color w:val="CFDB7A"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CD475EE" w14:textId="05B23CEE" w:rsidR="00B31F03" w:rsidRPr="005B5D1B" w:rsidRDefault="00EC49FA" w:rsidP="005B6E13">
+    <w:p w14:paraId="2CD475EE" w14:textId="6888A01E" w:rsidR="00B31F03" w:rsidRPr="005B5D1B" w:rsidRDefault="00EC49FA" w:rsidP="005B6E13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:color w:val="CFD400"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166054">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Nombre del autor/a</w:t>
       </w:r>
       <w:r w:rsidR="00B31F03" w:rsidRPr="00166054">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F6F81" w:rsidRPr="007347BA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova"/>
           <w:color w:val="00CDC5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Gill Sans nova </w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="6DBCE72D" w14:textId="693F01A2" w:rsidR="00B31F03" w:rsidRPr="005B5D1B" w:rsidRDefault="00B31F03" w:rsidP="005B6E13">
+        <w:t>(Gill Sans nova. 12.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DBCE72D" w14:textId="7433D744" w:rsidR="00B31F03" w:rsidRPr="005B5D1B" w:rsidRDefault="00B31F03" w:rsidP="005B6E13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:color w:val="CFD400"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166054">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Filiación universitaria</w:t>
       </w:r>
       <w:r w:rsidR="00EC49FA" w:rsidRPr="00166054">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F6F81" w:rsidRPr="007347BA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
           <w:color w:val="00CDC5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>(Gill Sans nova normal. 12.)</w:t>
+        <w:t xml:space="preserve">(Gill Sans nova </w:t>
+      </w:r>
+      <w:r w:rsidR="00164EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+          <w:color w:val="00CDC5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Light</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6F81" w:rsidRPr="007347BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+          <w:color w:val="00CDC5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>. 12.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02FDA0A3" w14:textId="77777777" w:rsidR="005B6E13" w:rsidRPr="00166054" w:rsidRDefault="005B6E13" w:rsidP="005B6E13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57084748" w14:textId="77777777" w:rsidR="00AA311C" w:rsidRPr="00166054" w:rsidRDefault="005B6E13" w:rsidP="005B6E13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
@@ -515,353 +560,261 @@
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Recibido: (A rellenar por la redacción de la revista)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6455823A" w14:textId="77777777" w:rsidR="00626D1C" w:rsidRPr="00166054" w:rsidRDefault="00626D1C" w:rsidP="005B6E13">
       <w:pPr>
         <w:pStyle w:val="Captulo"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166054">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Aceptado: (A rellenar por la redacción de la revista)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F71D133" w14:textId="45B3FFE0" w:rsidR="00626D1C" w:rsidRPr="00166054" w:rsidRDefault="00626D1C" w:rsidP="005B6E13">
-[...16 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0C735B1C" w14:textId="77777777" w:rsidR="00B31F03" w:rsidRPr="00166054" w:rsidRDefault="005B6E13" w:rsidP="005B6E13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166054">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="407B02E2" w14:textId="77777777" w:rsidR="00B31F03" w:rsidRPr="00166054" w:rsidRDefault="00B31F03" w:rsidP="005B6E13">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A2A7D68" w14:textId="77777777" w:rsidR="00AA311C" w:rsidRPr="00166054" w:rsidRDefault="00AA311C" w:rsidP="005B6E13">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:sectPr w:rsidR="00AA311C" w:rsidRPr="00166054" w:rsidSect="00AA311C">
-          <w:headerReference w:type="even" r:id="rId9"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId14"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="even" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="709" w:footer="397" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B19C86F" w14:textId="711E91C1" w:rsidR="002717EB" w:rsidRPr="00166054" w:rsidRDefault="002717EB" w:rsidP="00125375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166054">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Cómo citar este artículo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA461CB" w14:textId="562434EB" w:rsidR="007020BA" w:rsidRPr="0080461A" w:rsidRDefault="007A1ACA" w:rsidP="007020BA">
+    <w:p w14:paraId="6DA461CB" w14:textId="5D6EF277" w:rsidR="007020BA" w:rsidRPr="0080461A" w:rsidRDefault="007A1ACA" w:rsidP="1C44CF87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...7 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Apellido, Nombre. </w:t>
       </w:r>
-      <w:r w:rsidR="000E6148">
-[...4 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="000E6148" w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="007E046C">
-[...4 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="007E046C" w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>año</w:t>
       </w:r>
-      <w:r w:rsidR="000E6148">
-[...4 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="000E6148" w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00166054">
-[...4 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Título del artículo</w:t>
       </w:r>
-      <w:r w:rsidR="007020BA">
-[...4 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="007020BA" w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="007020BA" w:rsidRPr="00F93FFA">
+      <w:r w:rsidR="007020BA" w:rsidRPr="1C44CF87">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007020BA">
+        </w:rPr>
+        <w:t>ASRI. Arte y Sociedad. Revista de investigación en Arte y Humanidades Digitales., (</w:t>
+      </w:r>
+      <w:r w:rsidR="007E046C" w:rsidRPr="1C44CF87">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007020BA" w:rsidRPr="00F93FFA">
+        </w:rPr>
+        <w:t>nº</w:t>
+      </w:r>
+      <w:r w:rsidR="007020BA" w:rsidRPr="1C44CF87">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007020BA" w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2044AC55" w14:textId="69B4B7E5" w:rsidR="00125375" w:rsidRDefault="00125375" w:rsidP="00125375">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...6 lines deleted...]
-          <w:iCs/>
+      </w:pPr>
+      <w:r w:rsidRPr="00166054">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>nº</w:t>
-[...6 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve">Recuperado </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3168">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>),</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007020BA" w:rsidRPr="0080461A">
+        <w:t>a partir de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166054">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002F4BB8">
-[...75 lines deleted...]
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00D46895" w:rsidRPr="0021316C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>http://www.revistaasri.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="65188836" w14:textId="77777777" w:rsidR="007347BA" w:rsidRDefault="007347BA" w:rsidP="00125375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E6E6AFA" w14:textId="6E36F394" w:rsidR="00D46895" w:rsidRPr="00166054" w:rsidRDefault="007347BA" w:rsidP="00125375">
@@ -921,513 +874,537 @@
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="00CDC5"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict>
-              <v:rect w14:anchorId="53EB37AC" id="Rectángulo 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:15.05pt;width:484pt;height:14.45pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLtVNc2wEAAK4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnplhI1XaFWi5AW&#10;FmnhAxzHaSwcjxm7TcvXM3bSbgU3xMXyeMbP8948r+9PvWFHhV6DrXgxyzlTVkKj7b7i3789vFlx&#10;5oOwjTBgVcXPyvP7zetX68GVag4dmEYhIxDry8FVvAvBlVnmZad64WfglKVkC9iLQCHuswbFQOi9&#10;yeZ5vswGwMYhSOU9ne7GJN8k/LZVMjy1rVeBmYpTbyGtmNY6rtlmLco9CtdpObUh/qGLXmhLj16h&#10;diIIdkD9F1SvJYKHNswk9Bm0rZYqcSA2Rf4Hm+dOOJW4kDjeXWXy/w9Wfjk+u68YW/fuEeQPT4pk&#10;g/PlNRMDTzWsHj5DQzMUhwCJ7KnFPt4kGuyUND1fNVWnwCQdLovFcpWT9JJyxertkvbxCVFebjv0&#10;4aOCnsVNxZFmltDF8dGHsfRSktoEo5sHbUwKcF9vDbKjiPPNt7vt3YTub8uMjcUW4rURcTxRySHT&#10;Mxee0Tu+rKE5E2eE0TJkcdp0gL84G8guFfc/DwIVZ+aTpXm8LxaL6K8ULO7ezSnA20x9mxFWElTF&#10;ZUDOxmAbRlceHOp9R28VSQQLH0jtVichXvqaZkSmSFJOBo6uu41T1cs32/wGAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDpZzkH3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWFJQ&#10;p600nSY+JC4cGBw4Zo2XVjROabIu+/eYExzt99Xjx/Um+0HMOMU+kIZioUAgtcH25DR8vD/frEDE&#10;ZMiaIRBqOGOETXN5UZvKhhO94bxLTjCEYmU0dCmNlZSx7dCbuAgjEmeHMHmTeJyctJM5MdwP8lap&#10;pfSmJ77QmREfOmy/dkfPlM/x7IonZx63+aXM3+XhdZ5mra+v8vYeRMKc/srwq8/q0LDTPhzJRjFo&#10;4EeShjtVgOB0vVzxYq+hXCuQTS3/6zc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIu1&#10;U1zbAQAArgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AOlnOQfcAAAABgEAAA8AAAAAAAAAAAAAAAAANQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" fillcolor="#00cdc5" stroked="f">
+              <v:rect id="Rectángulo 7" style="position:absolute;margin-left:0;margin-top:15.05pt;width:484pt;height:14.45pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#00cdc5" stroked="f" w14:anchorId="53EB37AC" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLtVNc2wEAAK4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnplhI1XaFWi5AW&#10;FmnhAxzHaSwcjxm7TcvXM3bSbgU3xMXyeMbP8948r+9PvWFHhV6DrXgxyzlTVkKj7b7i3789vFlx&#10;5oOwjTBgVcXPyvP7zetX68GVag4dmEYhIxDry8FVvAvBlVnmZad64WfglKVkC9iLQCHuswbFQOi9&#10;yeZ5vswGwMYhSOU9ne7GJN8k/LZVMjy1rVeBmYpTbyGtmNY6rtlmLco9CtdpObUh/qGLXmhLj16h&#10;diIIdkD9F1SvJYKHNswk9Bm0rZYqcSA2Rf4Hm+dOOJW4kDjeXWXy/w9Wfjk+u68YW/fuEeQPT4pk&#10;g/PlNRMDTzWsHj5DQzMUhwCJ7KnFPt4kGuyUND1fNVWnwCQdLovFcpWT9JJyxertkvbxCVFebjv0&#10;4aOCnsVNxZFmltDF8dGHsfRSktoEo5sHbUwKcF9vDbKjiPPNt7vt3YTub8uMjcUW4rURcTxRySHT&#10;Mxee0Tu+rKE5E2eE0TJkcdp0gL84G8guFfc/DwIVZ+aTpXm8LxaL6K8ULO7ezSnA20x9mxFWElTF&#10;ZUDOxmAbRlceHOp9R28VSQQLH0jtVichXvqaZkSmSFJOBo6uu41T1cs32/wGAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDpZzkH3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWFJQ&#10;p600nSY+JC4cGBw4Zo2XVjROabIu+/eYExzt99Xjx/Um+0HMOMU+kIZioUAgtcH25DR8vD/frEDE&#10;ZMiaIRBqOGOETXN5UZvKhhO94bxLTjCEYmU0dCmNlZSx7dCbuAgjEmeHMHmTeJyctJM5MdwP8lap&#10;pfSmJ77QmREfOmy/dkfPlM/x7IonZx63+aXM3+XhdZ5mra+v8vYeRMKc/srwq8/q0LDTPhzJRjFo&#10;4EeShjtVgOB0vVzxYq+hXCuQTS3/6zc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIu1&#10;U1zbAQAArgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AOlnOQfcAAAABgEAAA8AAAAAAAAAAAAAAAAANQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;">
                 <w10:wrap type="through"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3427D06A" w14:textId="2065E266" w:rsidR="005B6E13" w:rsidRPr="002F4BB8" w:rsidRDefault="005B6E13" w:rsidP="002717EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:b/>
           <w:i/>
           <w:smallCaps/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sectPr w:rsidR="005B6E13" w:rsidRPr="002F4BB8" w:rsidSect="00AA311C">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="709" w:footer="397" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DFBFB9F" w14:textId="1DAA7D74" w:rsidR="00AA311C" w:rsidRPr="002F4BB8" w:rsidRDefault="00AA311C" w:rsidP="00626D1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00AA311C" w:rsidRPr="002F4BB8" w:rsidSect="00AA311C">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="709" w:footer="397" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76F0F7B9" w14:textId="7D8E101E" w:rsidR="00626D1C" w:rsidRPr="00465EEF" w:rsidRDefault="00EC49FA" w:rsidP="00626D1C">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+    <w:p w14:paraId="76F0F7B9" w14:textId="09F81D0C" w:rsidR="00626D1C" w:rsidRPr="003470AE" w:rsidRDefault="00EC49FA" w:rsidP="00626D1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC3168">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Resumen </w:t>
+      </w:r>
+      <w:r w:rsidR="007347BA" w:rsidRPr="003470AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova"/>
+          <w:color w:val="00CDC5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Gill Sans nova 12.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="144A1028" w14:textId="2F3B6195" w:rsidR="00626D1C" w:rsidRPr="00465EEF" w:rsidRDefault="00626D1C" w:rsidP="00626D1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007347BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El resumen debe presentar una perspectiva concisa del tema, del abordaje y de las conclusiones. Debe tener una extensión de </w:t>
+      </w:r>
+      <w:r w:rsidR="00E01503">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unas </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6652">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>200</w:t>
+      </w:r>
+      <w:r w:rsidR="00245785">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-250 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6652">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>palabras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007347BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007347BA" w:rsidRPr="007347BA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
           <w:color w:val="00CDC5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>(Gill Sans nova normal. 12.)</w:t>
-[...58 lines deleted...]
-      <w:r w:rsidR="007347BA" w:rsidRPr="007347BA">
+        <w:t xml:space="preserve">(Gill Sans nova </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC599C">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
           <w:color w:val="00CDC5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>(Gill Sans nova normal. 12.)</w:t>
-[...62 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>light</w:t>
       </w:r>
       <w:r w:rsidR="007347BA" w:rsidRPr="007347BA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
           <w:color w:val="00CDC5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Gill Sans nova normal. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007347BA" w:rsidRPr="00FF58C9">
+        <w:t xml:space="preserve"> 12.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0ABD6D" w14:textId="77777777" w:rsidR="007347BA" w:rsidRDefault="007347BA" w:rsidP="00626D1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="785A8DC5" w14:textId="3B6C1FBF" w:rsidR="00FB3226" w:rsidRPr="00465EEF" w:rsidRDefault="00626D1C" w:rsidP="00626D1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00465EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Palabras clave</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="518D0B5A" w14:textId="5159F85E" w:rsidR="00626D1C" w:rsidRPr="0060554D" w:rsidRDefault="00626D1C" w:rsidP="00626D1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007347BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Máximo de cinco palabras clav</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6CCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="007347BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007347BA" w:rsidRPr="007347BA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
           <w:color w:val="00CDC5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Gill Sans nova</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2C4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+          <w:color w:val="00CDC5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007347BA" w:rsidRPr="0060554D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+          <w:color w:val="00CDC5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A02C34" w14:textId="77777777" w:rsidR="007347BA" w:rsidRPr="0060554D" w:rsidRDefault="007347BA" w:rsidP="00626D1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AF96559" w14:textId="2C360D12" w:rsidR="00626D1C" w:rsidRPr="00FF58C9" w:rsidRDefault="00EC49FA" w:rsidP="00626D1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>12.)</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22006D4E" w14:textId="0256B3C7" w:rsidR="007347BA" w:rsidRPr="007347BA" w:rsidRDefault="00626D1C" w:rsidP="007347BA">
+    <w:p w14:paraId="22006D4E" w14:textId="2BC3EF84" w:rsidR="007347BA" w:rsidRPr="007347BA" w:rsidRDefault="00626D1C" w:rsidP="007347BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The abstract should be a concise statement of the subject, approach and conclusions. Abstracts should not have more than six</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00455CA7">
+        <w:t xml:space="preserve">The abstract should be a concise statement of the subject, approach and conclusions. Abstracts should not have more than </w:t>
+      </w:r>
+      <w:r w:rsidR="00245F40">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>-ten</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00465EEF">
+        <w:t>200</w:t>
+      </w:r>
+      <w:r w:rsidR="00245785">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> lines </w:t>
+        <w:t>-250</w:t>
+      </w:r>
+      <w:r w:rsidR="00245F40">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> words</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007347BA" w:rsidRPr="007347BA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00CDC5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Gill Sans nova light </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007347BA" w:rsidRPr="007347BA">
+        <w:t>(Gill Sans nova light cursiva 12.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09FF2160" w14:textId="056E0C10" w:rsidR="00626D1C" w:rsidRPr="00465EEF" w:rsidRDefault="00626D1C" w:rsidP="00626D1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BB00A10" w14:textId="77777777" w:rsidR="00FB3226" w:rsidRPr="00465EEF" w:rsidRDefault="00626D1C" w:rsidP="00626D1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00465EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C6240DF" w14:textId="5F6B66FD" w:rsidR="004C5EE8" w:rsidRPr="007347BA" w:rsidRDefault="00455CA7" w:rsidP="004C5EE8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00626D1C" w:rsidRPr="00465EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>o more than five keywords</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004C5EE8" w:rsidRPr="007347BA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00CDC5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>cursiva</w:t>
-[...132 lines deleted...]
-        <w:t xml:space="preserve"> 12.)</w:t>
+        <w:t>(Gill Sans nova light cursiva 12.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B7EC567" w14:textId="605FACB6" w:rsidR="00626D1C" w:rsidRPr="004C5EE8" w:rsidRDefault="00626D1C" w:rsidP="00626D1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5967E618" w14:textId="77777777" w:rsidR="00AA311C" w:rsidRPr="004C5EE8" w:rsidRDefault="00AA311C" w:rsidP="00626D1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -1446,2370 +1423,2525 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6534FF6B" w14:textId="77777777" w:rsidR="004061B3" w:rsidRPr="004C5EE8" w:rsidRDefault="004061B3" w:rsidP="008E72D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E8F5B2E" w14:textId="77777777" w:rsidR="004C5EE8" w:rsidRPr="004C5EE8" w:rsidRDefault="009C29C1" w:rsidP="004C5EE8">
+    <w:p w14:paraId="7E8F5B2E" w14:textId="061C089A" w:rsidR="004C5EE8" w:rsidRPr="00C54E5D" w:rsidRDefault="009C29C1" w:rsidP="004C5EE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C54E5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Introducción </w:t>
+      </w:r>
+      <w:r w:rsidR="004C5EE8" w:rsidRPr="00C54E5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00CDC5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Gill Sans nova</w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E5D" w:rsidRPr="00C54E5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00CDC5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> light</w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00CDC5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, negrita</w:t>
+      </w:r>
+      <w:r w:rsidR="004C5EE8" w:rsidRPr="00C54E5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00CDC5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17730FE3" w14:textId="5CA9EC6B" w:rsidR="009C29C1" w:rsidRDefault="009C29C1" w:rsidP="00B31F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34353F9F" w14:textId="1C2FB5BA" w:rsidR="003E7B2B" w:rsidRPr="00465EEF" w:rsidRDefault="003E7B2B" w:rsidP="003E7B2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00465EEF">
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La extensión de los trabajos deberá ser de unas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4000 a 6.000 palabras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004C5EE8" w:rsidRPr="004C5EE8">
-[...9 lines deleted...]
-    <w:p w14:paraId="17730FE3" w14:textId="5CA9EC6B" w:rsidR="009C29C1" w:rsidRDefault="009C29C1" w:rsidP="00B31F03">
+      <w:r w:rsidR="00AC7FA0" w:rsidRPr="0060554D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Gill Sans nova light 12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D68D87" w14:textId="77777777" w:rsidR="00266953" w:rsidRPr="00465EEF" w:rsidRDefault="00B31F03" w:rsidP="00B31F03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">La extensión de los trabajos deberá ser de unas </w:t>
+        <w:t xml:space="preserve">Se </w:t>
+      </w:r>
+      <w:r w:rsidR="00266953" w:rsidRPr="00465EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ruega </w:t>
       </w:r>
       <w:r w:rsidRPr="00465EEF">
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
-[...3 lines deleted...]
-        <w:t>4000 a 6.000 palabras</w:t>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a los</w:t>
+      </w:r>
+      <w:r w:rsidR="00266953" w:rsidRPr="00465EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/as</w:t>
       </w:r>
       <w:r w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="79D68D87" w14:textId="77777777" w:rsidR="00266953" w:rsidRPr="00465EEF" w:rsidRDefault="00B31F03" w:rsidP="00B31F03">
+        <w:t xml:space="preserve"> autores</w:t>
+      </w:r>
+      <w:r w:rsidR="00266953" w:rsidRPr="00465EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/as que se atengan a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l </w:t>
+      </w:r>
+      <w:r w:rsidR="00266953" w:rsidRPr="00465EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>formato de artículo tal y como viene en la plantilla que se facilita en la página de la revista, sustituyendo los contenidos del fichero.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37005AEC" w14:textId="027E43D3" w:rsidR="00B31F03" w:rsidRPr="00465EEF" w:rsidRDefault="00266953" w:rsidP="00B31F03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00966E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Interlineado sencillo</w:t>
+      </w:r>
+      <w:r w:rsidR="00966E7C" w:rsidRPr="00966E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1 punto)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Gill Sans Light, 12 puntos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>y alineación según plantilla.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380E662A" w14:textId="03AE5D1A" w:rsidR="00095FCA" w:rsidRPr="00465EEF" w:rsidRDefault="00095FCA" w:rsidP="00B31F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a los</w:t>
-[...7 lines deleted...]
-        <w:t>/as</w:t>
+        <w:t>Hay que dejar un espacio</w:t>
+      </w:r>
+      <w:r w:rsidR="0099153C" w:rsidRPr="00465EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> autores</w:t>
-[...77 lines deleted...]
-        <w:t xml:space="preserve"> entre párrafos. </w:t>
+        <w:t xml:space="preserve">entre párrafos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08C8849E" w14:textId="77777777" w:rsidR="00B31F03" w:rsidRPr="00465EEF" w:rsidRDefault="00B31F03" w:rsidP="00B31F03">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F945853" w14:textId="7421726A" w:rsidR="00B31F03" w:rsidRPr="00465EEF" w:rsidRDefault="00095FCA" w:rsidP="00B31F03">
+    <w:p w14:paraId="0F945853" w14:textId="775C1460" w:rsidR="00B31F03" w:rsidRPr="00465EEF" w:rsidRDefault="00095FCA" w:rsidP="00B31F03">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A5441A">
+      <w:r w:rsidRPr="00DA59BF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>estructura del artículo</w:t>
       </w:r>
       <w:r w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> presentará </w:t>
       </w:r>
       <w:r w:rsidR="003E7B2B" w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
         <w:t xml:space="preserve">un formato académico </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E7B2B" w:rsidRPr="0073453D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>IMR</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71B9C" w:rsidRPr="0073453D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD57BB" w:rsidRPr="0073453D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073453D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B31F03" w:rsidRPr="0073453D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Introducción, metodología,</w:t>
+      </w:r>
+      <w:r w:rsidR="0073453D" w:rsidRPr="0073453D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E7B2B" w:rsidRPr="0073453D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>resultados</w:t>
+      </w:r>
+      <w:r w:rsidR="00245785">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, discusión</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7B2B" w:rsidRPr="0073453D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:r w:rsidR="00B31F03" w:rsidRPr="0073453D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>conclusiones</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31F03" w:rsidRPr="00465EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidR="003E7B2B" w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
-        <w:t>IMR</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> seguidos de las </w:t>
+      </w:r>
+      <w:r w:rsidR="003E7B2B" w:rsidRPr="0073453D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>referencias bibliográficas</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31F03" w:rsidRPr="0073453D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B31F03" w:rsidRPr="00465EEF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Introducción, metodología, </w:t>
-[...23 lines deleted...]
-        <w:t>. Los estudios de revisión teórica deben estructurarse como sigue: Planteamiento de la cuestión (generalmente en la sección "Introducción"), desarrollo (con las secciones correspondientes a los contenidos desarrollados), conclusiones y referencias.</w:t>
+        <w:t xml:space="preserve"> Los estudios de revisión teórica deben estructurarse como sigue: Planteamiento de la cuestión (generalmente en la sección "Introducción"), desarrollo (con las secciones correspondientes a los contenidos desarrollados), conclusiones y referencias.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="490D2119" w14:textId="77777777" w:rsidR="003E7B2B" w:rsidRPr="00465EEF" w:rsidRDefault="003E7B2B" w:rsidP="00B31F03">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12B84D4E" w14:textId="7F8E24A6" w:rsidR="003E7B2B" w:rsidRPr="00455CA7" w:rsidRDefault="003E7B2B" w:rsidP="00415F7E">
-      <w:pPr>
+    <w:p w14:paraId="12B84D4E" w14:textId="3DA8F463" w:rsidR="003E7B2B" w:rsidRPr="00C2363A" w:rsidRDefault="003E7B2B" w:rsidP="00C2363A">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00465EEF">
+      <w:r w:rsidRPr="00C2363A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Los artículos deberán respetar la norma </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00415F7E" w:rsidRPr="00465EEF">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00415F7E" w:rsidRPr="00C2363A">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>APA 7</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00700371" w:rsidRPr="00465EEF">
+      <w:r w:rsidR="00700371" w:rsidRPr="00C2363A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:color w:val="548DD4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00415F7E" w:rsidRPr="00465EEF">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="es-ES"/>
+    </w:p>
+    <w:p w14:paraId="437A6C8C" w14:textId="5686B529" w:rsidR="00B31F03" w:rsidRPr="007C1FAA" w:rsidRDefault="00C2363A" w:rsidP="00C2363A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C2363A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Cursivas:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="437A6C8C" w14:textId="77777777" w:rsidR="00B31F03" w:rsidRPr="00A5441A" w:rsidRDefault="00B31F03" w:rsidP="00B31F03">
+      <w:r w:rsidR="00B31F03" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Al citar en el texto un título de libro, exposición u obra, habrá de ir en </w:t>
+      </w:r>
+      <w:r w:rsidR="00B31F03" w:rsidRPr="00C2363A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>cursiva</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31F03" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cualquier palabra extranjera, o que no conste en la RAE, habrá de ir en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2363A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>cursiva</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="374A5FCC" w14:textId="77777777" w:rsidR="007C1FAA" w:rsidRPr="007C1FAA" w:rsidRDefault="007C1FAA" w:rsidP="007C1FAA">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="177607E5" w14:textId="77777777" w:rsidR="003E3989" w:rsidRPr="00735562" w:rsidRDefault="003E3989" w:rsidP="003E3989">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735562">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No se utilizarán bolas automáticas, (bullets) o cualquier otro tipo de auto-texto. “Las </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735562">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>comillas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735562">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> serán dobles y terminarán </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735562">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>después de las señales de puntuación.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E7350C" w14:textId="77777777" w:rsidR="003E3989" w:rsidRPr="00D50458" w:rsidRDefault="003E3989" w:rsidP="003E3989">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-        </w:rPr>
-[...15 lines deleted...]
-    <w:p w14:paraId="4AA30E13" w14:textId="77777777" w:rsidR="00337DB1" w:rsidRPr="00A5441A" w:rsidRDefault="00337DB1" w:rsidP="008E72D7">
+          <w:color w:val="33CCCC"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CD7B631" w14:textId="25A899FE" w:rsidR="000F3FB3" w:rsidRDefault="007C1FAA" w:rsidP="000F3FB3">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4079D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Cita de más de 40 palabras.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C1FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> En párrafo independiente con el carácter un punto más pequeño </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C1FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Gill Sans nova Light 11) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C1FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t>y sangría de un tabulador.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5228519C" w14:textId="77777777" w:rsidR="000F3FB3" w:rsidRDefault="000F3FB3" w:rsidP="000F3FB3">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C6D8F89" w14:textId="04DB71BD" w:rsidR="000F3FB3" w:rsidRDefault="000F3FB3" w:rsidP="00912854">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F3FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Autocitas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F3FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La revista no publica trabajos con una elevada tasa de autocitas (máximo 12%). Se consideran autocitas las citas a trabajos publicados por otros autores en la propia revista o a los trabajos anteriores del autor en la misma o en otras revistas o publicaciones científicas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188D064D" w14:textId="77777777" w:rsidR="00402A89" w:rsidRDefault="00402A89" w:rsidP="00912854">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42282129" w14:textId="0810A434" w:rsidR="00402A89" w:rsidRPr="000F3FB3" w:rsidRDefault="00402A89" w:rsidP="00912854">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00564C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t>Textos a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00564C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pie de página</w:t>
+      </w:r>
+      <w:r w:rsidR="008E4677">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA30E13" w14:textId="77777777" w:rsidR="00337DB1" w:rsidRDefault="00337DB1" w:rsidP="008E72D7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12C6276E" w14:textId="77777777" w:rsidR="00E71B9C" w:rsidRPr="004C5EE8" w:rsidRDefault="009C29C1" w:rsidP="00E71B9C">
+    <w:p w14:paraId="6329AF6F" w14:textId="77777777" w:rsidR="001A35FE" w:rsidRPr="00A5441A" w:rsidRDefault="001A35FE" w:rsidP="008E72D7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12C6276E" w14:textId="5CDA5E0E" w:rsidR="00E71B9C" w:rsidRPr="00673DAE" w:rsidRDefault="009C29C1" w:rsidP="00E71B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00CDC5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Desarrollo</w:t>
+      </w:r>
+      <w:r w:rsidR="009974A6" w:rsidRPr="00673DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la investigación</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00673DAE" w:rsidRPr="00673DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00CDC5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Gill Sans nova light, negrita 12.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B772965" w14:textId="77777777" w:rsidR="001A35FE" w:rsidRPr="004C5EE8" w:rsidRDefault="001A35FE" w:rsidP="00E71B9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5441A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
+    </w:p>
+    <w:p w14:paraId="341D563F" w14:textId="7899164C" w:rsidR="009C29C1" w:rsidRPr="00673DAE" w:rsidRDefault="009C29C1" w:rsidP="00673DAE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Desarrollo</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00673DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de la investigación</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+        <w:t>En el caso de que existan subcapítulos deberán ser numerados</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en esta secuencia: 1 / 1.1 /1.1.1 , sin punto al final.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E71B9C" w:rsidRPr="004C5EE8">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+      <w:r w:rsidR="00673DAE" w:rsidRPr="00673DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-      </w:pPr>
-[...35 lines deleted...]
-    <w:p w14:paraId="64827026" w14:textId="77777777" w:rsidR="009C29C1" w:rsidRPr="00A5441A" w:rsidRDefault="009C29C1" w:rsidP="009C29C1">
+        <w:t>(Gill Sans nova light, 12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64827026" w14:textId="77777777" w:rsidR="009C29C1" w:rsidRPr="00A5441A" w:rsidRDefault="009C29C1" w:rsidP="00673DAE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B1543A8" w14:textId="5F715EFA" w:rsidR="009C29C1" w:rsidRPr="00A5441A" w:rsidRDefault="009C29C1" w:rsidP="009C29C1">
+    <w:p w14:paraId="7B1543A8" w14:textId="5F715EFA" w:rsidR="009C29C1" w:rsidRPr="00A5441A" w:rsidRDefault="009C29C1" w:rsidP="00673DAE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...5 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
         <w:t>La págin</w:t>
       </w:r>
-      <w:r w:rsidR="00672567" w:rsidRPr="00A5441A">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="00672567" w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
         <w:t xml:space="preserve">a está formada con márgenes de 2,5 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A5441A">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
         <w:t xml:space="preserve">cm. </w:t>
       </w:r>
-      <w:r w:rsidR="00672567" w:rsidRPr="00A5441A">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="00672567" w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Superior e inferior y 2cm en Izquierda y derecha. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A5441A">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
         <w:t>a izquierda y derecha</w:t>
       </w:r>
-      <w:r w:rsidR="00672567" w:rsidRPr="00A5441A">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="00672567" w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A5441A">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> Se utiliza la fuente </w:t>
       </w:r>
-      <w:r w:rsidR="00672567" w:rsidRPr="00A5441A">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="00672567" w:rsidRPr="00853F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
         </w:rPr>
         <w:t>Gill Sans</w:t>
       </w:r>
-      <w:r w:rsidR="00103C8E">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="00103C8E" w:rsidRPr="00853F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
         </w:rPr>
         <w:t xml:space="preserve"> nova</w:t>
       </w:r>
-      <w:r w:rsidR="00672567" w:rsidRPr="00A5441A">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="00672567" w:rsidRPr="00853F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
         </w:rPr>
         <w:t xml:space="preserve"> Light</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A5441A">
-[...9 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="00853F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t>de Word para Windows</w:t>
+      </w:r>
+      <w:r w:rsidR="00672567" w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> y Mac</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A5441A">
-[...20 lines deleted...]
-        <w:t>. anterior y posterior.</w:t>
+      <w:r w:rsidRPr="1C44CF87">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t>. El espaciado sencillo. Todos los parágrafos tienen espaciado de 0 ptos. anterior y posterior.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79D18CC6" w14:textId="77777777" w:rsidR="00672567" w:rsidRPr="00A5441A" w:rsidRDefault="00672567" w:rsidP="009C29C1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="771274CC" w14:textId="77777777" w:rsidR="009C29C1" w:rsidRPr="002710BF" w:rsidRDefault="00FF58C9" w:rsidP="009C29C1">
+    <w:p w14:paraId="771274CC" w14:textId="0A99ED2F" w:rsidR="009C29C1" w:rsidRPr="002710BF" w:rsidRDefault="00245785" w:rsidP="009C29C1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:noProof/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:pict w14:anchorId="1493CD53">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:261.5pt;height:213.5pt;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
-            <v:imagedata r:id="rId17" o:title=""/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:252pt;height:206pt;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
+            <v:imagedata r:id="rId14" o:title=""/>
             <o:lock v:ext="edit" rotation="t" cropping="t" verticies="t"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A17B378" w14:textId="77777777" w:rsidR="00672567" w:rsidRDefault="00672567" w:rsidP="009C29C1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A4CB1BA" w14:textId="77777777" w:rsidR="009C29C1" w:rsidRPr="00A5441A" w:rsidRDefault="00187E91" w:rsidP="009C29C1">
+    <w:p w14:paraId="53F4CD59" w14:textId="77777777" w:rsidR="007177F5" w:rsidRDefault="007177F5" w:rsidP="00187E91">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5441A">
-[...81 lines deleted...]
-    <w:p w14:paraId="53F4CD59" w14:textId="77777777" w:rsidR="007177F5" w:rsidRPr="00A5441A" w:rsidRDefault="007177F5" w:rsidP="00187E91">
+    </w:p>
+    <w:p w14:paraId="2EE57E14" w14:textId="77777777" w:rsidR="003E3989" w:rsidRDefault="003E3989" w:rsidP="00187E91">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B71DEA0" w14:textId="71A4A9C7" w:rsidR="00E71B9C" w:rsidRPr="004C5EE8" w:rsidRDefault="005C67D8" w:rsidP="00E71B9C">
+    <w:p w14:paraId="6B71DEA0" w14:textId="32D8FEBC" w:rsidR="00E71B9C" w:rsidRPr="00E8514E" w:rsidRDefault="005C67D8" w:rsidP="00E71B9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A5441A">
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E8514E">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figuras y Tablas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A5441A">
+      <w:r w:rsidRPr="00E8514E">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E71B9C" w:rsidRPr="004C5EE8">
-[...27 lines deleted...]
-    <w:p w14:paraId="7176AE30" w14:textId="0A768A60" w:rsidR="00187E91" w:rsidRPr="00E71B9C" w:rsidRDefault="00187E91" w:rsidP="00187E91">
+    </w:p>
+    <w:p w14:paraId="710565FD" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="00D50458" w:rsidRDefault="005C67D8" w:rsidP="00187E91">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="710565FD" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="00A5441A" w:rsidRDefault="005C67D8" w:rsidP="00187E91">
+    <w:p w14:paraId="0CFB65FA" w14:textId="77777777" w:rsidR="00590B15" w:rsidRPr="00590B15" w:rsidRDefault="00590B15" w:rsidP="00590B15">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7726932B" w14:textId="77777777" w:rsidR="00187E91" w:rsidRPr="00A5441A" w:rsidRDefault="005C67D8" w:rsidP="00187E91">
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="33CCCC"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00590B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="33CCCC"/>
+        </w:rPr>
+        <w:t>Envíe las imágenes por separado, en alta resolución (300 ppp)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7772BF11" w14:textId="77777777" w:rsidR="00590B15" w:rsidRDefault="00590B15" w:rsidP="00187E91">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">Definimos </w:t>
-[...90 lines deleted...]
-    <w:p w14:paraId="0626C72F" w14:textId="77777777" w:rsidR="00187E91" w:rsidRPr="00A5441A" w:rsidRDefault="00187E91" w:rsidP="00187E91">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2980F0A4" w14:textId="35E0BB66" w:rsidR="0015163B" w:rsidRDefault="0015163B" w:rsidP="00187E91">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5441A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Presentamos algunos ejemplos a título ilustrativo en cuanto a la presentación, citación y referencia.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="18B3FF70" w14:textId="77777777" w:rsidR="00187E91" w:rsidRPr="00A5441A" w:rsidRDefault="00187E91" w:rsidP="00187E91">
+        <w:t xml:space="preserve">Las Figuras </w:t>
+      </w:r>
+      <w:r w:rsidR="00560ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y Tablas </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>deberán ir citadas en el texto de la siguiente manera: (Figura 1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00560ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Tabla 1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D873FA3" w14:textId="77777777" w:rsidR="0015163B" w:rsidRDefault="0015163B" w:rsidP="00187E91">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="1DE8C6FE" w14:textId="571316D9" w:rsidR="00187E91" w:rsidRDefault="005C67D8" w:rsidP="00590B15">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Definimos </w:t>
+      </w:r>
+      <w:r w:rsidR="00187E91" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">figura </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>como toda</w:t>
+      </w:r>
+      <w:r w:rsidR="00187E91" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> imagen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, diseño, fotografía o gráfico. Irán siempre acompañadas de un pie de texto</w:t>
+      </w:r>
+      <w:r w:rsidR="00187E91" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o leyenda inferior. </w:t>
+      </w:r>
+      <w:r w:rsidR="00187E91" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t>El</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t>/la</w:t>
+      </w:r>
+      <w:r w:rsidR="00187E91" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> autor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t>/a del trabajo de investigación</w:t>
+      </w:r>
+      <w:r w:rsidR="00187E91" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">el/la única </w:t>
+      </w:r>
+      <w:r w:rsidR="00187E91" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+        <w:t>responsable de la autorización de reproducción de la obra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="157F87C8" w14:textId="77777777" w:rsidR="00590B15" w:rsidRPr="00A5441A" w:rsidRDefault="00590B15" w:rsidP="00590B15">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0626C72F" w14:textId="77777777" w:rsidR="00187E91" w:rsidRPr="00A5441A" w:rsidRDefault="00187E91" w:rsidP="00187E91">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Presentamos algunos ejemplos a título ilustrativo en cuanto a la presentación, citación y referencia.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="4C5B295A" w14:textId="47BADC69" w:rsidR="00187E91" w:rsidRPr="00263476" w:rsidRDefault="00187E91" w:rsidP="00263476">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="604E4E57" w14:textId="3E3B6CAF" w:rsidR="00187E91" w:rsidRDefault="00187E91" w:rsidP="00187E91">
+    <w:p w14:paraId="604E4E57" w14:textId="006DEE29" w:rsidR="00187E91" w:rsidRDefault="00187E91" w:rsidP="00187E91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Figura 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C10C0B" w:rsidRPr="00A5441A">
-[...39 lines deleted...]
-      <w:r w:rsidR="00C10C0B" w:rsidRPr="00455CA7">
+      <w:r w:rsidR="00086C0A" w:rsidRPr="00086C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre del autor/a. </w:t>
+      </w:r>
+      <w:r w:rsidR="00086C0A" w:rsidRPr="00086C0A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Titulo en cursiva</w:t>
+        <w:t>Título de la obra</w:t>
+      </w:r>
+      <w:r w:rsidR="00086C0A" w:rsidRPr="00086C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Fecha. De la serie </w:t>
+      </w:r>
+      <w:r w:rsidR="00086C0A" w:rsidRPr="00086C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Titulo de la serie.</w:t>
+      </w:r>
+      <w:r w:rsidR="00086C0A" w:rsidRPr="00086C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10C0B" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>écnica</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10C0B" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>y s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10C0B" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oporte de la obra. </w:t>
       </w:r>
       <w:r w:rsidR="001017A8" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001017A8" w:rsidRPr="00F50D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Gill Sans</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10C0B" w:rsidRPr="00F50D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, centrado, imagen siempre con la referencia del autor, fecha. L</w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="6A65F094" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRPr="00A5441A" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A65F094" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRPr="00D75513" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C7642FF" w14:textId="187BF7B2" w:rsidR="00187E91" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66A680EF" wp14:editId="693F2919">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66A680EF" wp14:editId="2C019F08">
+            <wp:extent cx="1768185" cy="2239701"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="8255"/>
             <wp:docPr id="1689316844" name="Imagen 5" descr="Un par de personas en un escenario&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1689316844" name="Imagen 5" descr="Un par de personas en un escenario&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
                     <pic:cNvPicPr>
                       <a:picLocks noRot="1" noChangeAspect="1" noEditPoints="1" noChangeArrowheads="1" noCrop="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18" cstate="print">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2000250" cy="2533650"/>
+                      <a:ext cx="1779721" cy="2254314"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EAD4C76" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+    <w:p w14:paraId="7EAD4C76" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRPr="00D75513" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0837AEEE" w14:textId="1CA67ECD" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0837AEEE" w14:textId="204E9A87" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>uente:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Citada con normativa APA7. Incluir el hipervínculo si fuese necesario.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0AC9AF58" w14:textId="310C40F9" w:rsidR="00FF58C9" w:rsidRPr="005C67D8" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+        <w:t>Citada con normativa APA7. Incluir el hipervínculo si fuese necesario.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC9AF58" w14:textId="310C40F9" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FF5102C" w14:textId="10C410EB" w:rsidR="00187E91" w:rsidRDefault="00187E91" w:rsidP="00187E91">
+    <w:p w14:paraId="19B16396" w14:textId="77777777" w:rsidR="005C5228" w:rsidRPr="005C67D8" w:rsidRDefault="005C5228" w:rsidP="00F0036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34E3C334" w14:textId="6304F7A0" w:rsidR="00FF58C9" w:rsidRPr="00F61501" w:rsidRDefault="00187E91" w:rsidP="00187E91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Las figuras también podrán presentarse agrupadas (Figuras 2 y 3) con un "ajuste de texto" en la opción "en línea con el texto":</w:t>
       </w:r>
       <w:r w:rsidR="001017A8" w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B2530D" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+    <w:p w14:paraId="2B6436C6" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-[...75 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5036805E" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
-[...87 lines deleted...]
-    <w:p w14:paraId="0EDC663F" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+    <w:p w14:paraId="0EDC663F" w14:textId="0BF08BC4" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figuras 2 y 3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A la izquierda: Nombre del autor/a. Título de la obra. (fecha). De la serie </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00884CA4">
+        <w:t xml:space="preserve"> A la izquierda: </w:t>
+      </w:r>
+      <w:r w:rsidR="00086C0A" w:rsidRPr="00086C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre del autor/a. </w:t>
+      </w:r>
+      <w:r w:rsidR="00086C0A" w:rsidRPr="00086C0A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>Título de la obra</w:t>
+      </w:r>
+      <w:r w:rsidR="00086C0A" w:rsidRPr="00086C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Fecha. De la serie </w:t>
+      </w:r>
+      <w:r w:rsidR="00086C0A" w:rsidRPr="00086C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Titulo de la serie.</w:t>
       </w:r>
+      <w:r w:rsidR="00086C0A" w:rsidRPr="00086C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Técnica y soporte de la obra. </w:t>
+      </w:r>
+      <w:r w:rsidR="00086C0A" w:rsidRPr="00086C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Gill Sans 10)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Fotografía/Pintura</w:t>
-[...38 lines deleted...]
-    <w:p w14:paraId="1D8B94E9" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
+        <w:t xml:space="preserve">. A la derecha: </w:t>
+      </w:r>
+      <w:r w:rsidR="002320AF" w:rsidRPr="00086C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre del autor/a. </w:t>
+      </w:r>
+      <w:r w:rsidR="002320AF" w:rsidRPr="00086C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Título de la obra</w:t>
+      </w:r>
+      <w:r w:rsidR="002320AF" w:rsidRPr="00086C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Fecha. De la serie </w:t>
+      </w:r>
+      <w:r w:rsidR="002320AF" w:rsidRPr="00086C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Titulo de la serie.</w:t>
+      </w:r>
+      <w:r w:rsidR="002320AF" w:rsidRPr="00086C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Técnica y soporte de la obra. </w:t>
+      </w:r>
+      <w:r w:rsidR="002320AF" w:rsidRPr="00086C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Gill Sans 10)</w:t>
+      </w:r>
+      <w:r w:rsidR="002320AF" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8B94E9" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRPr="00864830" w:rsidRDefault="00FF58C9" w:rsidP="00187E91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="35E6283A" w14:textId="656D0081" w:rsidR="005C67D8" w:rsidRPr="005C67D8" w:rsidRDefault="00FF58C9" w:rsidP="00455CA7">
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35E6283A" w14:textId="05A4FA39" w:rsidR="005C67D8" w:rsidRPr="005C67D8" w:rsidRDefault="00245785" w:rsidP="00455CA7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict w14:anchorId="6E445161">
-          <v:shape id="_x0000_i1027" type="#_x0000_t75" alt="Un gabinete de madera&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;Descripción generada automáticamente con confianza baja" style="width:141.5pt;height:199.5pt;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
-            <v:imagedata r:id="rId19" o:title="Un gabinete de madera&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;Descripción generada automáticamente con confianza baja"/>
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Un gabinete de madera&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;Descripción generada automáticamente con confianza baja" style="width:103pt;height:2in;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
+            <v:imagedata r:id="rId16" o:title="Un gabinete de madera&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;&#10;Descripción generada automáticamente con confianza baja"/>
             <o:lock v:ext="edit" rotation="t" cropping="t" verticies="t"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict w14:anchorId="1FD809A8">
-          <v:shape id="_x0000_i1028" type="#_x0000_t75" alt="" style="width:150pt;height:199.5pt;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
-            <v:imagedata r:id="rId20" o:title=""/>
+          <v:shape id="_x0000_i1027" type="#_x0000_t75" alt="" style="width:108pt;height:2in;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
+            <v:imagedata r:id="rId17" o:title=""/>
             <o:lock v:ext="edit" rotation="t" cropping="t" verticies="t"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04E220D1" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="005C67D8">
+    <w:p w14:paraId="04E220D1" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRPr="00864830" w:rsidRDefault="00FF58C9" w:rsidP="005C67D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="365767F4" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="365767F4" w14:textId="2B8DDD17" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>uente:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Citada con normativa APA7. Incluir el hipervínculo si fuese necesario.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="28FABDFD" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRPr="00455CA7" w:rsidRDefault="00FF58C9" w:rsidP="005C67D8">
+        <w:t>Citada con normativa APA7. Incluir el hipervínculo si fuese necesario.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5615995B" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28DC5FBF" w14:textId="77777777" w:rsidR="00F35351" w:rsidRPr="00A5441A" w:rsidRDefault="00F35351" w:rsidP="005C67D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="4F357CCE" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRDefault="00C10C0B" w:rsidP="005C67D8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="259BBDDB" w14:textId="254EEA5E" w:rsidR="005C67D8" w:rsidRPr="00A5441A" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cualquier imagen deberá llevar una referencia de autoría o de origen de </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Si el autor/a del artículo es autor de una fotografía o gráfico, se debe señalar como se muestra en la Figura </w:t>
+      </w:r>
+      <w:r w:rsidR="008D7DEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>la misma</w:t>
-[...69 lines deleted...]
-      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E595131" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00F61501">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:pict w14:anchorId="289382A5">
-[...1 lines deleted...]
-            <v:imagedata r:id="rId21" o:title=""/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="430D5749" w14:textId="11B287B2" w:rsidR="00FF58C9" w:rsidRPr="00A5441A" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figura </w:t>
+      </w:r>
+      <w:r w:rsidR="008D7DEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D7DEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Baño de Agua en Madrid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (fecha). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3105B569" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRPr="009E0DB1" w:rsidRDefault="00FF58C9" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:noProof/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46222785" w14:textId="155657C7" w:rsidR="005C67D8" w:rsidRPr="005C67D8" w:rsidRDefault="00245785" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict w14:anchorId="53619CC4">
+          <v:shape id="_x0000_i1028" type="#_x0000_t75" alt="" style="width:183.5pt;height:136.5pt;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
+            <v:imagedata r:id="rId18" o:title=""/>
             <o:lock v:ext="edit" rotation="t" cropping="t" verticies="t"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D587C2D" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="005C67D8" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
+    <w:p w14:paraId="2752FE66" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="009E0DB1" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6D6953FF" w14:textId="77777777" w:rsidR="00FF58C9" w:rsidRDefault="00FF58C9" w:rsidP="00FF58C9">
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="765326D4" w14:textId="63D50367" w:rsidR="00A111DB" w:rsidRDefault="00FF58C9" w:rsidP="00A111DB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>uente:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="0009615A" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>propia.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Citada con normativa APA7. Incluir el hipervínculo si fuese necesario.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4AD3421A" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="00A5441A" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41CE559C" w14:textId="77777777" w:rsidR="00A111DB" w:rsidRDefault="00A111DB" w:rsidP="007177F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36201BB4" w14:textId="57B311B1" w:rsidR="007177F5" w:rsidRDefault="007177F5" w:rsidP="007177F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En la categoría </w:t>
+      </w:r>
+      <w:r w:rsidR="0084102A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tablas</w:t>
+      </w:r>
+      <w:r w:rsidR="0084102A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> están los cuadros de datos, los cuales son referenciados por arriba. También cuentan siempre con un ancla en el texto, como se hace en esta frase (Tabla 1). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FDF2314" w14:textId="77777777" w:rsidR="0084102A" w:rsidRPr="00A5441A" w:rsidRDefault="0084102A" w:rsidP="007177F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08D3A501" w14:textId="77777777" w:rsidR="007177F5" w:rsidRPr="00A5441A" w:rsidRDefault="007177F5" w:rsidP="007177F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084102A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Importante:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la numeración de las figuras es independiente de la numeración de las tablas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6DDE52" w14:textId="77777777" w:rsidR="007177F5" w:rsidRPr="005C67D8" w:rsidRDefault="007177F5" w:rsidP="007177F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C67D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F6CA28" w14:textId="77777777" w:rsidR="007177F5" w:rsidRPr="00A5441A" w:rsidRDefault="007177F5" w:rsidP="007177F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-[...50 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tabla 1.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
-[...246 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ejemplo de un cuadro de datos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E21C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Gill Sans Light. 10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D809E84" w14:textId="77777777" w:rsidR="007177F5" w:rsidRPr="00881DB0" w:rsidRDefault="007177F5" w:rsidP="00885459">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4814"/>
         <w:gridCol w:w="4814"/>
       </w:tblGrid>
       <w:tr w:rsidR="007177F5" w:rsidRPr="007177F5" w14:paraId="4C20AF66" w14:textId="77777777" w:rsidTr="007177F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A4E252A" w14:textId="77777777" w:rsidR="007177F5" w:rsidRPr="007177F5" w:rsidRDefault="007177F5" w:rsidP="007177F5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans Light" w:eastAsia="Times New Roman" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007177F5">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans Light" w:eastAsia="Times New Roman" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12F495BA" w14:textId="77777777" w:rsidR="007177F5" w:rsidRPr="007177F5" w:rsidRDefault="007177F5" w:rsidP="007177F5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans Light" w:eastAsia="Times New Roman" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007177F5">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans Light" w:eastAsia="Times New Roman" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007177F5" w:rsidRPr="007177F5" w14:paraId="08E2B344" w14:textId="77777777" w:rsidTr="007177F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CF5CA0D" w14:textId="77777777" w:rsidR="007177F5" w:rsidRPr="007177F5" w:rsidRDefault="007177F5" w:rsidP="007177F5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans Light" w:eastAsia="Times New Roman" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C552114" w14:textId="77777777" w:rsidR="007177F5" w:rsidRPr="007177F5" w:rsidRDefault="007177F5" w:rsidP="007177F5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans Light" w:eastAsia="Times New Roman" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C03F79D" w14:textId="77777777" w:rsidR="007177F5" w:rsidRPr="005C67D8" w:rsidRDefault="007177F5" w:rsidP="007177F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F3F3FEA" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="00A5441A" w:rsidRDefault="003E7B2B" w:rsidP="005C67D8">
+    <w:p w14:paraId="3F3F3FEA" w14:textId="29E24975" w:rsidR="005C67D8" w:rsidRPr="00A5441A" w:rsidRDefault="003E7B2B" w:rsidP="005C67D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Puesto que somos una publicación de arte, a</w:t>
       </w:r>
       <w:r w:rsidR="007177F5" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nimamos a los autor</w:t>
       </w:r>
@@ -3832,1317 +3964,1245 @@
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> e infografías</w:t>
       </w:r>
       <w:r w:rsidR="007177F5" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> interesantes</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7883D3D7" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="00A5441A" w:rsidRDefault="005C67D8" w:rsidP="00187E91">
+    <w:p w14:paraId="7883D3D7" w14:textId="3419D9D6" w:rsidR="005C67D8" w:rsidRDefault="005C67D8" w:rsidP="00187E91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7462C528" w14:textId="77777777" w:rsidR="00DC374B" w:rsidRPr="00A5441A" w:rsidRDefault="00863E13" w:rsidP="00B73D7D">
-[...2 lines deleted...]
-        <w:ind w:left="426" w:hanging="426"/>
+    <w:p w14:paraId="7462C528" w14:textId="6D371F09" w:rsidR="00DC374B" w:rsidRPr="00E8514E" w:rsidRDefault="00863E13" w:rsidP="009E0DB1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E8514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Conclusión</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8514E" w:rsidRPr="00E8514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8514E" w:rsidRPr="00E8514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Gill Sans nova light, negrita 12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3278A9" w14:textId="7C8EDD1B" w:rsidR="00BF665C" w:rsidRPr="00A5441A" w:rsidRDefault="00BF665C" w:rsidP="008E72D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="074B98E1" w14:textId="54E579B2" w:rsidR="005C67D8" w:rsidRPr="00A5441A" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="0C3278A9" w14:textId="77777777" w:rsidR="00BF665C" w:rsidRPr="00A5441A" w:rsidRDefault="00BF665C" w:rsidP="008E72D7">
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>La conclusión presenta las síntesis que resume el argumento del artículo y viene a contestar a los objetivos. Se puede terminar con propuestas de investigaciones futuras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A34AD07" w14:textId="77777777" w:rsidR="00FD3BDA" w:rsidRPr="00A5441A" w:rsidRDefault="00FD3BDA" w:rsidP="008E72D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="074B98E1" w14:textId="77777777" w:rsidR="005C67D8" w:rsidRPr="00A5441A" w:rsidRDefault="005C67D8" w:rsidP="005C67D8">
+    <w:p w14:paraId="51DED5B6" w14:textId="77777777" w:rsidR="00FD3BDA" w:rsidRPr="00A5441A" w:rsidRDefault="00FD3BDA" w:rsidP="008E72D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CB97DCF" w14:textId="5AA8F18B" w:rsidR="001D7911" w:rsidRPr="00E8514E" w:rsidRDefault="00C7622E" w:rsidP="008A43A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E8514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Referencias bibliográficas</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8514E" w:rsidRPr="00E8514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8514E" w:rsidRPr="00E8514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Gill Sans nova light, negrita 12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="231C4E1C" w14:textId="4308D9DB" w:rsidR="00D921A5" w:rsidRPr="00A5441A" w:rsidRDefault="00D921A5" w:rsidP="008A43A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0165D439" w14:textId="7ED15F3C" w:rsidR="00263476" w:rsidRPr="00245785" w:rsidRDefault="00263476" w:rsidP="00884CA4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...34 lines deleted...]
-      </w:pPr>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las referencias guardarán el formato de </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Las referencias guardarán el formato de </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A5441A">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00674531" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>s</w:t>
+        <w:t>ang</w:t>
+      </w:r>
+      <w:r w:rsidR="00415F7E" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ría </w:t>
+      </w:r>
+      <w:r w:rsidR="0023215B">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00415F7E" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>rancesa</w:t>
+      </w:r>
+      <w:r w:rsidR="0023215B">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00415F7E" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> descrita en APA 7</w:t>
       </w:r>
       <w:r w:rsidR="00674531" w:rsidRPr="00A5441A">
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>ang</w:t>
-[...52 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
-[...12 lines deleted...]
-    <w:p w14:paraId="3A8B49C0" w14:textId="77777777" w:rsidR="00D921A5" w:rsidRPr="00A5441A" w:rsidRDefault="00D921A5" w:rsidP="00694943">
+    </w:p>
+    <w:p w14:paraId="3A8B49C0" w14:textId="44B4DCA6" w:rsidR="00D921A5" w:rsidRPr="00A5441A" w:rsidRDefault="00D921A5" w:rsidP="00694943">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00E90328" w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">ard, S. K., </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E90328" w:rsidRPr="00A5441A">
+        <w:t xml:space="preserve">ard, S. K., MacKinlay, J. </w:t>
+      </w:r>
+      <w:r w:rsidR="002B16D8">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>MacKinlay</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E90328" w:rsidRPr="00A5441A">
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>, J. y</w:t>
+        <w:t xml:space="preserve"> Shneiderman, B. (1999). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B16D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Readings in information visualization: using vision to think</w:t>
+      </w:r>
+      <w:r w:rsidR="004B21BC" w:rsidRPr="002B16D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004B21BC" w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A5441A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Morgan Kaufmann. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C9929B0" w14:textId="3A1C11FE" w:rsidR="00016C66" w:rsidRPr="00A5441A" w:rsidRDefault="009C13A5" w:rsidP="00694943">
+    <w:p w14:paraId="6AE10932" w14:textId="77777777" w:rsidR="00674531" w:rsidRPr="00A5441A" w:rsidRDefault="00674531" w:rsidP="00694943">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5441A">
-[...108 lines deleted...]
-    <w:p w14:paraId="6AE10932" w14:textId="77777777" w:rsidR="00674531" w:rsidRPr="00A5441A" w:rsidRDefault="00674531" w:rsidP="00694943">
+    </w:p>
+    <w:p w14:paraId="562AAF36" w14:textId="4B5894F7" w:rsidR="00674531" w:rsidRPr="0081235F" w:rsidRDefault="00674531" w:rsidP="00694943">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="0081235F">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A5441A">
+        <w:t xml:space="preserve">Por favor consultar </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5441A" w:rsidRPr="0081235F">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Por favor consultar </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A5441A">
+        <w:t>los</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081235F">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>los</w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> casos específicos de citación.</w:t>
       </w:r>
-    </w:p>
-[...181 lines deleted...]
-        <w:r w:rsidRPr="007E046C">
+      <w:r w:rsidR="00F672E7">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00F672E7" w:rsidRPr="00DE4B1D">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>tomas.zarza@urjc.es</w:t>
+          <w:t>https://normas-apa.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2DDFD124" w14:textId="6B984A35" w:rsidR="0082769A" w:rsidRDefault="00E71B9C" w:rsidP="0082769A">
+    <w:p w14:paraId="457F4538" w14:textId="7AA1AECC" w:rsidR="004C45B7" w:rsidRPr="00DD472E" w:rsidRDefault="004C45B7" w:rsidP="00694943">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61732647" w14:textId="25FAF2AC" w:rsidR="00884CA4" w:rsidRPr="004C45B7" w:rsidRDefault="004C45B7" w:rsidP="00396606">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C45B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Todas las referencias que dispongan de DOI (Digital Object Identifier) lo incluirán al final. Puede encontrar el DOI de sus referencias en CrossRef Query Services: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="004C45B7">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>http://www.crossref.org/SimpleTextQuery/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C45B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A31E9E" w14:textId="17D62DEC" w:rsidR="00884CA4" w:rsidRDefault="00884CA4" w:rsidP="00396606">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AE06F9F" w14:textId="77777777" w:rsidR="004C45B7" w:rsidRDefault="004C45B7" w:rsidP="00396606">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="417B09AC" w14:textId="78D66F4B" w:rsidR="00396606" w:rsidRPr="0081235F" w:rsidRDefault="00396606" w:rsidP="00396606">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081235F">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Dirección de envíos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282EF296" w14:textId="2201D9F8" w:rsidR="00396606" w:rsidRPr="00A5441A" w:rsidRDefault="00396606" w:rsidP="00396606">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04D4A838" w14:textId="6836BA96" w:rsidR="0082769A" w:rsidRDefault="00CD366B" w:rsidP="00396606">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5441A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Los artículos serán remitidos a</w:t>
+      </w:r>
+      <w:r w:rsidR="002805CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> través de la plataforma OJS de la revista. En caso de que tenga algún problema con el envío no deje de contactar con </w:t>
+      </w:r>
+      <w:r w:rsidR="00A87C2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>la dirección de la revista o los c</w:t>
+      </w:r>
+      <w:r w:rsidR="0082769A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oo</w:t>
+      </w:r>
+      <w:r w:rsidR="000012B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="0082769A">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dinadores editoriales</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87C2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> si es un número monográfico.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13AA31BB" w14:textId="316CFC48" w:rsidR="0082769A" w:rsidRDefault="0082769A" w:rsidP="00396606">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="716D021C" w14:textId="402DD786" w:rsidR="00180524" w:rsidRPr="000E49EC" w:rsidRDefault="00885459" w:rsidP="0082769A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="008CCF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Miguel Ángel Rego </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25883">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Robles</w:t>
+      </w:r>
+      <w:r w:rsidR="0082769A" w:rsidRPr="00E25883">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="0069185C" w:rsidRPr="0069185C">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          </w:rPr>
+          <w:t>miguelangel.rego@urjc.es</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="000E49EC" w:rsidRPr="000E49EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DDFD124" w14:textId="6EE77358" w:rsidR="0082769A" w:rsidRDefault="00885459" w:rsidP="0082769A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Miguel Sánchez-Moñita</w:t>
+        <w:t>Andrea de la Rubia Gómez-Moran</w:t>
       </w:r>
       <w:r w:rsidR="0082769A" w:rsidRPr="0082769A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0082769A" w:rsidRPr="0082769A">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidR="007E046C" w:rsidRPr="007E046C">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00046E63">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
           </w:rPr>
-          <w:t>miguel.sanchezmonita@urjc.es</w:t>
+          <w:t>andrea.delarubia@urjc.es</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="4AE48EC0" w14:textId="1BF1CDC6" w:rsidR="007E046C" w:rsidRDefault="007E046C" w:rsidP="0082769A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08DC83F5" w14:textId="77777777" w:rsidR="000325A5" w:rsidRDefault="000325A5" w:rsidP="0082769A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="3F5DBE06" w14:textId="58B471E0" w:rsidR="0082769A" w:rsidRPr="0082769A" w:rsidRDefault="00FD26C6" w:rsidP="0082769A">
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5285C7E3" w14:textId="77777777" w:rsidR="000325A5" w:rsidRDefault="000325A5" w:rsidP="0082769A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54DA77BC" w14:textId="2F249B7F" w:rsidR="007E046C" w:rsidRPr="00733522" w:rsidRDefault="00FD26C6" w:rsidP="00733522">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F21F15">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="FFD966" w:themeColor="accent4" w:themeTint="99"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4034F461" wp14:editId="35013F4B">
-[...6 lines deleted...]
-                </wp:positionV>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4034F461" wp14:editId="38D49335">
                 <wp:extent cx="6146800" cy="183515"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
-[...8 lines deleted...]
-                </wp:wrapThrough>
+                <wp:effectExtent l="0" t="0" r="6350" b="6985"/>
                 <wp:docPr id="11" name="Rectángulo 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6146800" cy="183515"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="00CDC5"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-              </wp:anchor>
+              </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6FE0A103" id="Rectángulo 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:.1pt;margin-top:16.2pt;width:484pt;height:14.45pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBe9OYe3AEAAK4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpS4marlCrRUgL&#10;i7TsBziO01g4HjN2m5avZ+y03QpuKy6WxzN+nvfmeXV37A07KPQabMWLSc6ZshIabXcVf/5x/27J&#10;mQ/CNsKAVRU/Kc/v1m/frAZXqil0YBqFjECsLwdX8S4EV2aZl53qhZ+AU5aSLWAvAoW4yxoUA6H3&#10;Jpvm+SIbABuHIJX3dLodk3yd8NtWyfDYtl4FZipOvYW0YlrruGbrlSh3KFyn5bkN8YoueqEtPXqF&#10;2oog2B71P1C9lgge2jCR0GfQtlqqxIHYFPlfbJ464VTiQuJ4d5XJ/z9Y+e3w5L5jbN27B5A/PSmS&#10;Dc6X10wMPNWwevgKDc1Q7AMksscW+3iTaLBj0vR01VQdA5N0uChmi2VO0kvKFcv382IeRc9Eebnt&#10;0IfPCnoWNxVHmllCF4cHH8bSS0lqE4xu7rUxKcBdvTHIDiLON99sNxd0f1tmbCy2EK+NiOOJSg45&#10;P3PhGb3jyxqaE3FGGC1DFqdNB/ibs4HsUnH/ay9QcWa+WJrHx2I2i/5KwWz+YUoB3mbq24ywkqAq&#10;LgNyNgabMLpy71DvOnqrSCJY+ERqtzoJ8dLXeUZkiiTl2cDRdbdxqnr5Zus/AAAA//8DAFBLAwQU&#10;AAYACAAAACEAKldTvNwAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyOy07DMBBF90j8gzVI7KiT&#10;lEYlxKkqHhIbFhQWLKex60TE42C7afr3DCtYzr1XZ069md0gJhNi70lBvshAGGq97skq+Hh/vlmD&#10;iAlJ4+DJKDibCJvm8qLGSvsTvZlpl6xgCMUKFXQpjZWUse2Mw7jwoyHuDj44THwGK3XAE8PdIIss&#10;K6XDnvhDh6N56Ez7tTs6pnyOZ5s/WXzczi+r+Xt1eJ3CpNT11by9B5HMnP7G8KvP6tCw094fSUcx&#10;KCh4p2BZ3ILg9q5cc7BXUOZLkE0t/+s3PwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBe&#10;9OYe3AEAAK4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAqV1O83AAAAAYBAAAPAAAAAAAAAAAAAAAAADYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" fillcolor="#00cdc5" stroked="f">
-                <w10:wrap type="through"/>
+              <v:rect w14:anchorId="12170188" id="Rectángulo 7" o:spid="_x0000_s1026" style="width:484pt;height:14.45pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBe9OYe3AEAAK4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpS4marlCrRUgL&#10;i7TsBziO01g4HjN2m5avZ+y03QpuKy6WxzN+nvfmeXV37A07KPQabMWLSc6ZshIabXcVf/5x/27J&#10;mQ/CNsKAVRU/Kc/v1m/frAZXqil0YBqFjECsLwdX8S4EV2aZl53qhZ+AU5aSLWAvAoW4yxoUA6H3&#10;Jpvm+SIbABuHIJX3dLodk3yd8NtWyfDYtl4FZipOvYW0YlrruGbrlSh3KFyn5bkN8YoueqEtPXqF&#10;2oog2B71P1C9lgge2jCR0GfQtlqqxIHYFPlfbJ464VTiQuJ4d5XJ/z9Y+e3w5L5jbN27B5A/PSmS&#10;Dc6X10wMPNWwevgKDc1Q7AMksscW+3iTaLBj0vR01VQdA5N0uChmi2VO0kvKFcv382IeRc9Eebnt&#10;0IfPCnoWNxVHmllCF4cHH8bSS0lqE4xu7rUxKcBdvTHIDiLON99sNxd0f1tmbCy2EK+NiOOJSg45&#10;P3PhGb3jyxqaE3FGGC1DFqdNB/ibs4HsUnH/ay9QcWa+WJrHx2I2i/5KwWz+YUoB3mbq24ywkqAq&#10;LgNyNgabMLpy71DvOnqrSCJY+ERqtzoJ8dLXeUZkiiTl2cDRdbdxqnr5Zus/AAAA//8DAFBLAwQU&#10;AAYACAAAACEAi5G729oAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hI3Fi6&#10;SZu60nSa+JC4cGDjwNFrsrSicUqSddm/x3CBi6VXr/X4cb3JbhCTCbH3pGA+K0AYar3uySp43z/f&#10;lSBiQtI4eDIKLibCprm+qrHS/kxvZtolKxhCsUIFXUpjJWVsO+MwzvxoiLujDw4Tx2ClDnhmuBvk&#10;oihW0mFPfKHD0Tx0pv3cnRxTPsaLnT9ZfNzml2X+Wh5fpzApdXuTt/cgksnpbxl+9FkdGnY6+BPp&#10;KAYF/Ej6ndytVyXHg4JFuQbZ1PK/fPMNAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXvTm&#10;HtwBAACuAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;i5G729oAAAAEAQAADwAAAAAAAAAAAAAAAAA2BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAD0FAAAAAA==&#10;" fillcolor="#00cdc5" stroked="f">
+                <w10:anchorlock/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58AA82A7" w14:textId="65AE2464" w:rsidR="00B334A2" w:rsidRDefault="00B334A2" w:rsidP="00180524">
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
+    <w:p w14:paraId="78ED5CA9" w14:textId="77777777" w:rsidR="000325A5" w:rsidRDefault="000325A5" w:rsidP="00733522">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18038604" w14:textId="5AB5798C" w:rsidR="00AF4F32" w:rsidRPr="00BA27A0" w:rsidRDefault="000325A5" w:rsidP="00733522">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00733522">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Light" w:eastAsia="Times New Roman" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light"/>
           <w:noProof/>
+          <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FBCFE2D" wp14:editId="0CF9E126">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26372AC6" wp14:editId="44C6DBA1">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="margin">
-              <wp:align>left</wp:align>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-2460</wp:posOffset>
             </wp:positionH>
-            <wp:positionV relativeFrom="margin">
-              <wp:posOffset>4102100</wp:posOffset>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>2138</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1981200" cy="1993900"/>
-            <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+            <wp:extent cx="1409700" cy="1418590"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="12" name="Imagen 12" descr="Un dibujo de una persona&#10;&#10;Descripción generada automáticamente con confianza baja"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="12" name="Imagen 12" descr="Un dibujo de una persona&#10;&#10;Descripción generada automáticamente con confianza baja"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26">
+                    <a:blip r:embed="rId23">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1981200" cy="1993900"/>
+                      <a:ext cx="1409700" cy="1418590"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00CD366B" w:rsidRPr="00263476">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00AF4F32" w:rsidRPr="00BA27A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>BIO</w:t>
+      </w:r>
+      <w:r w:rsidR="00291C6B" w:rsidRPr="00BA27A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-    <w:p w14:paraId="5C5084CD" w14:textId="61F6DB13" w:rsidR="00AF4F32" w:rsidRDefault="00AF4F32" w:rsidP="00694943">
+      <w:r w:rsidR="00291C6B" w:rsidRPr="00BA27A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>(Gill sans 10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75EC1A59" w14:textId="4C36A5AF" w:rsidR="00AF4F32" w:rsidRPr="00BA27A0" w:rsidRDefault="00AF4F32" w:rsidP="00694943">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4670568C" w14:textId="42D8588E" w:rsidR="00BA27A0" w:rsidRPr="00BA27A0" w:rsidRDefault="00BA27A0" w:rsidP="00694943">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA27A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Gill sans nova light, 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6978BF0C" w14:textId="547C7A65" w:rsidR="00C70B95" w:rsidRDefault="00180524" w:rsidP="00694943">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+      <w:r w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+        <w:t xml:space="preserve">Al final del artículo </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4F32" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:tab/>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t xml:space="preserve">queremos que se incluya una </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4F32" w:rsidRPr="00D61A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans" w:hAnsi="Gill Sans" w:cs="Gill Sans"/>
+        <w:t>pequeña biografía</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4F32" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:tab/>
-[...154 lines deleted...]
-        <w:t xml:space="preserve">queremos que se incluya una pequeña biografía de unas </w:t>
+        <w:t xml:space="preserve"> de unas </w:t>
       </w:r>
       <w:r w:rsidR="00AF4F32" w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>200 palabras</w:t>
       </w:r>
       <w:r w:rsidR="00036843" w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> máx</w:t>
       </w:r>
       <w:r w:rsidR="00036843" w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AF4F32" w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> También queremos que </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="00AF4F32" w:rsidRPr="00FF58C9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A46F9F" w14:textId="14D2263F" w:rsidR="00C70B95" w:rsidRPr="00D61A62" w:rsidRDefault="00C70B95" w:rsidP="00694943">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="33CCCC"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>de calidad</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00AF4F32" w:rsidRPr="00FF58C9">
+      </w:pPr>
+      <w:r w:rsidRPr="00D61A62">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="33CCCC"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>fondo blanco o fondo liso claro</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        <w:t>Correo de contacto &amp; ORCID del autor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DBBC888" w14:textId="0F7D8608" w:rsidR="001728F3" w:rsidRPr="00FF58C9" w:rsidRDefault="00AF4F32" w:rsidP="00694943">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>.</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> El tamaño de la fotografía debe ser, </w:t>
+        <w:t xml:space="preserve">También queremos que </w:t>
+      </w:r>
+      <w:r w:rsidR="0023215B" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adjunte </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">una fotografía </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
+        <w:t>de calidad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sobre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>fondo blanco o fondo liso claro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00180524" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> El tamaño de la fotografía debe ser, </w:t>
+      </w:r>
+      <w:r w:rsidR="00180524" w:rsidRPr="00FF58C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
         <w:t>al menos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FF58C9">
+      <w:r w:rsidR="00180524" w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> de 5cm (600x600 píxeles)</w:t>
       </w:r>
       <w:r w:rsidR="0037362D" w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0023215B" w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5213,51 +5273,63 @@
       <w:r w:rsidR="00A05B27" w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="009A1C7E" w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>grafía.</w:t>
       </w:r>
       <w:r w:rsidR="00F41E64" w:rsidRPr="00FF58C9">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Envíela por separado.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F41E64" w:rsidRPr="003E21C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="33CCCC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Envíela por separado.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001728F3" w:rsidRPr="00FF58C9" w:rsidSect="00AA311C">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="709" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4DB294E5" w14:textId="77777777" w:rsidR="00F41ABC" w:rsidRDefault="00F41ABC" w:rsidP="00B32E74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -5413,99 +5485,95 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6D9B8A3E" w14:textId="77777777" w:rsidR="00415F7E" w:rsidRDefault="00415F7E" w:rsidP="00D41FDB">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="18EEC7F6" w14:textId="77777777" w:rsidR="00415F7E" w:rsidRPr="00C75F82" w:rsidRDefault="00415F7E" w:rsidP="00205D49">
+  <w:p w14:paraId="18EEC7F6" w14:textId="77777777" w:rsidR="00415F7E" w:rsidRPr="00C75F82" w:rsidRDefault="00415F7E" w:rsidP="1C44CF87">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+      <w:jc w:val="right"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:ascii="Gill Sans Nova Cond Lt" w:hAnsi="Gill Sans Nova Cond Lt"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00C75F82">
-[...27 lines deleted...]
-    <w:r w:rsidR="00362428" w:rsidRPr="00C75F82">
+    <w:r w:rsidRPr="1C44CF87">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:ascii="Gill Sans Nova Cond Lt" w:hAnsi="Gill Sans Nova Cond Lt"/>
         <w:noProof/>
       </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="1C44CF87">
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Gill Sans Nova Cond Lt" w:hAnsi="Gill Sans Nova Cond Lt"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="1C44CF87">
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Gill Sans Nova Cond Lt" w:hAnsi="Gill Sans Nova Cond Lt"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="1C44CF87" w:rsidRPr="1C44CF87">
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Gill Sans Nova Cond Lt" w:hAnsi="Gill Sans Nova Cond Lt"/>
+        <w:noProof/>
+      </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C75F82">
+    <w:r w:rsidRPr="1C44CF87">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:ascii="Gill Sans Nova Cond Lt" w:hAnsi="Gill Sans Nova Cond Lt"/>
+        <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="640097DB" w14:textId="5E4DC859" w:rsidR="00E23EDF" w:rsidRPr="00E23EDF" w:rsidRDefault="00E23EDF" w:rsidP="00E23EDF">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E23EDF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B7CF062" wp14:editId="6E79C98D">
@@ -5619,102 +5687,102 @@
                               <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="es-ES_tradnl"/>
                             </w:rPr>
                             <w:t>ño 20XX       ISSN: 2174-7563</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
           <w:pict>
-            <v:shapetype w14:anchorId="0B7CF062" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="0B7CF062">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:110.1pt;margin-top:7.05pt;width:201.9pt;height:38.8pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDquBGP+AEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817JV24kFy0GaNEWB&#10;9AGk/YA1RVlESS5L0pbcr++SchyjvRXVgVhqydmd2eH6ZjCaHaQPCm3NZ5MpZ9IKbJTd1fz7t4c3&#10;15yFCLYBjVbW/CgDv9m8frXuXSVL7FA30jMCsaHqXc27GF1VFEF00kCYoJOWki16A5G2flc0HnpC&#10;N7oop9Nl0aNvnEchQ6C/92OSbzJ+20oRv7RtkJHpmlNvMa8+r9u0Fps1VDsPrlPi1Ab8QxcGlKWi&#10;Z6h7iMD2Xv0FZZTwGLCNE4GmwLZVQmYOxGY2/YPNUwdOZi4kTnBnmcL/gxWfD0/uq2dxeIcDDTCT&#10;CO4RxY/ALN51YHfy1nvsOwkNFZ4lyYrehep0NUkdqpBAtv0nbGjIsI+YgYbWm6QK8WSETgM4nkWX&#10;Q2SCfpaL5Xz2llKCcvNVebXMUymger7tfIgfJBqWgpp7GmpGh8NjiKkbqJ6PpGIWH5TWebDasr7m&#10;q0W5yBcuMkZF8p1WpubX0/SNTkgk39smX46g9BhTAW1PrBPRkXIctgMdTOy32ByJv8fRX/QeKOjQ&#10;/+KsJ2/VPPzcg5ec6Y+WNFzN5vNkxryZL65K2vjLzPYyA1YQVM0jZ2N4F7OBR663pHWrsgwvnZx6&#10;Jc9kdU7+Tqa83OdTL69w8xsAAP//AwBQSwMEFAAGAAgAAAAhAFAqwBvcAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoHSuUNsSpEIgriAKVuLnxNomI11HsNuHvWU70uJqn&#10;2TflZva9OOEYu0AGsoUCgVQH11Fj4OP9+WYFIiZLzvaB0MAPRthUlxelLVyY6A1P29QILqFYWANt&#10;SkMhZaxb9DYuwoDE2SGM3iY+x0a60U5c7nuplVpKbzviD60d8LHF+nt79AY+Xw5fu1y9Nk/+dpjC&#10;rCT5tTTm+mp+uAeRcE7/MPzpszpU7LQPR3JR9Aa0VppRDvIMBANLnfO4vYF1dgeyKuX5guoXAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6rgRj/gBAADNAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUCrAG9wAAAAJAQAADwAAAAAAAAAAAAAAAABS&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Cuadro de texto 2" style="position:absolute;left:0;text-align:left;margin-left:110.1pt;margin-top:7.05pt;width:201.9pt;height:38.8pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDquBGP+AEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817JV24kFy0GaNEWB&#10;9AGk/YA1RVlESS5L0pbcr++SchyjvRXVgVhqydmd2eH6ZjCaHaQPCm3NZ5MpZ9IKbJTd1fz7t4c3&#10;15yFCLYBjVbW/CgDv9m8frXuXSVL7FA30jMCsaHqXc27GF1VFEF00kCYoJOWki16A5G2flc0HnpC&#10;N7oop9Nl0aNvnEchQ6C/92OSbzJ+20oRv7RtkJHpmlNvMa8+r9u0Fps1VDsPrlPi1Ab8QxcGlKWi&#10;Z6h7iMD2Xv0FZZTwGLCNE4GmwLZVQmYOxGY2/YPNUwdOZi4kTnBnmcL/gxWfD0/uq2dxeIcDDTCT&#10;CO4RxY/ALN51YHfy1nvsOwkNFZ4lyYrehep0NUkdqpBAtv0nbGjIsI+YgYbWm6QK8WSETgM4nkWX&#10;Q2SCfpaL5Xz2llKCcvNVebXMUymger7tfIgfJBqWgpp7GmpGh8NjiKkbqJ6PpGIWH5TWebDasr7m&#10;q0W5yBcuMkZF8p1WpubX0/SNTkgk39smX46g9BhTAW1PrBPRkXIctgMdTOy32ByJv8fRX/QeKOjQ&#10;/+KsJ2/VPPzcg5ec6Y+WNFzN5vNkxryZL65K2vjLzPYyA1YQVM0jZ2N4F7OBR663pHWrsgwvnZx6&#10;Jc9kdU7+Tqa83OdTL69w8xsAAP//AwBQSwMEFAAGAAgAAAAhAFAqwBvcAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoHSuUNsSpEIgriAKVuLnxNomI11HsNuHvWU70uJqn&#10;2TflZva9OOEYu0AGsoUCgVQH11Fj4OP9+WYFIiZLzvaB0MAPRthUlxelLVyY6A1P29QILqFYWANt&#10;SkMhZaxb9DYuwoDE2SGM3iY+x0a60U5c7nuplVpKbzviD60d8LHF+nt79AY+Xw5fu1y9Nk/+dpjC&#10;rCT5tTTm+mp+uAeRcE7/MPzpszpU7LQPR3JR9Aa0VppRDvIMBANLnfO4vYF1dgeyKuX5guoXAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6rgRj/gBAADNAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUCrAG9wAAAAJAQAADwAAAAAAAAAAAAAAAABS&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="3463F765" w14:textId="46791B06" w:rsidR="00E23EDF" w:rsidRDefault="00E23EDF" w:rsidP="00C75F82">
+                  <w:p w:rsidR="00E23EDF" w:rsidP="00C75F82" w:rsidRDefault="00E23EDF" w14:paraId="3463F765" w14:textId="46791B06">
                     <w:pPr>
                       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="es-ES_tradnl"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00E23EDF">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="00CDC5"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="es-ES_tradnl"/>
                       </w:rPr>
                       <w:t>ASRI</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00E23EDF">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
                         <w:color w:val="00CDC5"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="es-ES_tradnl"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00E23EDF">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="es-ES_tradnl"/>
                       </w:rPr>
                       <w:t>– Arte y Sociedad. Revista de Investigación</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="6D56E009" w14:textId="72DF0E0D" w:rsidR="00C75F82" w:rsidRDefault="00C75F82" w:rsidP="00C75F82">
+                  <w:p w:rsidR="00C75F82" w:rsidP="00C75F82" w:rsidRDefault="00C75F82" w14:paraId="6D56E009" w14:textId="72DF0E0D">
                     <w:pPr>
                       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="00CDC5"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="es-ES_tradnl"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Núm.. XX. </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00E23EDF">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="es-ES_tradnl"/>
                       </w:rPr>
                       <w:t>A</w:t>
                     </w:r>
                     <w:r>
@@ -5842,114 +5910,148 @@
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="1B79E750" w14:textId="51E41AB4" w:rsidR="00415F7E" w:rsidRDefault="00E23EDF">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4F44CB71" w14:textId="77777777" w:rsidR="00F41ABC" w:rsidRDefault="00F41ABC" w:rsidP="00B32E74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk216794943"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5D8FFC1E" w14:textId="77777777" w:rsidR="00F41ABC" w:rsidRDefault="00F41ABC" w:rsidP="00B32E74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="01780290" w14:textId="7CC022FD" w:rsidR="008E4677" w:rsidRPr="002542D0" w:rsidRDefault="008E4677">
+      <w:pPr>
+        <w:pStyle w:val="Textonotapie"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="002542D0">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002542D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+          <w:color w:val="33CCCC"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gill Sans Nova Light </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6510A" w:rsidRPr="002542D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+          <w:color w:val="33CCCC"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="002542D0" w:rsidRPr="002542D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+          <w:color w:val="33CCCC"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002542D0" w:rsidRPr="005E6A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Intelineado sencillo (1)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="14E8C883" w14:textId="77777777" w:rsidR="00C75F82" w:rsidRDefault="00C75F82">
-[...9 lines deleted...]
-  <w:p w14:paraId="3C018E7B" w14:textId="152D1365" w:rsidR="00415F7E" w:rsidRPr="00FA7BC2" w:rsidRDefault="008B0D74" w:rsidP="00E80145">
+  <w:p w14:paraId="3C018E7B" w14:textId="0697277D" w:rsidR="00415F7E" w:rsidRPr="00FA7BC2" w:rsidRDefault="008B0D74" w:rsidP="00FD0DC4">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="4248" w:firstLine="708"/>
+      <w:ind w:left="5103" w:firstLine="708"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:eastAsia="es-ES_tradnl"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Gill Sans Nova" w:hAnsi="Gill Sans Nova" w:cs="Gill Sans"/>
+    <w:r w:rsidRPr="00412163">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans"/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02A8BE9B" wp14:editId="2F0A0E33">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-159877</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
             <wp:posOffset>-513715</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="727969" cy="250239"/>
           <wp:effectExtent l="0" t="0" r="0" b="3810"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="15" name="Imagen 15" descr="Dibujo en blanco y negro&#10;&#10;Descripción generada automáticamente con confianza media"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -5965,113 +6067,115 @@
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="727969" cy="250239"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="000F6F81" w:rsidRPr="000F6F81">
-      <w:rPr>
+    <w:r w:rsidR="000F6F81" w:rsidRPr="00412163">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
         <w:color w:val="00CDC5"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> Nombre y Apellidos </w:t>
     </w:r>
-    <w:r w:rsidR="000F6F81">
-[...8 lines deleted...]
-    <w:r w:rsidR="00415F7E" w:rsidRPr="00505796">
+    <w:r w:rsidR="00415F7E" w:rsidRPr="00412163">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
         <w:color w:val="808080"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t xml:space="preserve">/ </w:t>
     </w:r>
-    <w:r w:rsidR="00415F7E" w:rsidRPr="00505796">
+    <w:r w:rsidR="00415F7E" w:rsidRPr="00412163">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
         <w:color w:val="808080"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
-      <w:t>Título del artículo del artículo</w:t>
+      <w:t>Título del artículo</w:t>
+    </w:r>
+    <w:r w:rsidR="00415F7E" w:rsidRPr="00505796">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light" w:cs="Gill Sans Light"/>
+        <w:color w:val="808080"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> del artículo</w:t>
     </w:r>
     <w:r w:rsidR="00415F7E" w:rsidRPr="00505796">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
         <w:color w:val="808080"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="0038475E">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans Nova Light" w:hAnsi="Gill Sans Nova Light"/>
+        <w:color w:val="808080"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+      <w:t>(Gill Sans Nova Light 10)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="22C3DD54" w14:textId="77777777" w:rsidR="00415F7E" w:rsidRDefault="00415F7E" w:rsidP="00E80145">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="right"/>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="05224770"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -7244,50 +7348,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59E321ED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8B98DF8A"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C8E6D6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9802F72C"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
@@ -7332,51 +7549,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="626E6612"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC00F464"/>
     <w:lvl w:ilvl="0" w:tplc="766CA552">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7422,51 +7639,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67DD5470"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3AC29B1A"/>
     <w:lvl w:ilvl="0" w:tplc="ACC0F136">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Calibri" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7535,51 +7752,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AC018B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42A4F648"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7648,51 +7865,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DD23914"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="906A9DFE"/>
     <w:lvl w:ilvl="0" w:tplc="75DACB08">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
@@ -7741,750 +7958,845 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="257982283">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="214436993">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1592008286">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="525678920">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="213931003">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1851404860">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1018191750">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="46153225">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="656806005">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="571239069">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1804959375">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1516964056">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="93408852">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1621186371">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1102527434">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="557976833">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="276107404">
     <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="514686396">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2054"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B32E74"/>
     <w:rsid w:val="000012B8"/>
     <w:rsid w:val="0000366B"/>
     <w:rsid w:val="00003781"/>
     <w:rsid w:val="00004396"/>
     <w:rsid w:val="00014CBC"/>
     <w:rsid w:val="0001550D"/>
     <w:rsid w:val="00016C66"/>
     <w:rsid w:val="0002155E"/>
     <w:rsid w:val="0002647A"/>
+    <w:rsid w:val="000325A5"/>
     <w:rsid w:val="00034668"/>
     <w:rsid w:val="00034D64"/>
     <w:rsid w:val="00036843"/>
     <w:rsid w:val="00040029"/>
     <w:rsid w:val="0004362C"/>
     <w:rsid w:val="0004448A"/>
     <w:rsid w:val="000450AA"/>
     <w:rsid w:val="000522CA"/>
     <w:rsid w:val="000556E5"/>
     <w:rsid w:val="00061304"/>
     <w:rsid w:val="00067F65"/>
     <w:rsid w:val="0007014E"/>
     <w:rsid w:val="00070AAE"/>
     <w:rsid w:val="00081394"/>
     <w:rsid w:val="00084C91"/>
+    <w:rsid w:val="00086C0A"/>
     <w:rsid w:val="0009462F"/>
     <w:rsid w:val="00095FCA"/>
+    <w:rsid w:val="0009615A"/>
     <w:rsid w:val="000A14AB"/>
     <w:rsid w:val="000A629E"/>
     <w:rsid w:val="000A7B5A"/>
     <w:rsid w:val="000B07F9"/>
     <w:rsid w:val="000B6308"/>
     <w:rsid w:val="000B744F"/>
     <w:rsid w:val="000C67F9"/>
     <w:rsid w:val="000D2184"/>
     <w:rsid w:val="000D4801"/>
     <w:rsid w:val="000D4FEA"/>
     <w:rsid w:val="000D53F1"/>
     <w:rsid w:val="000E3AEC"/>
+    <w:rsid w:val="000E49EC"/>
     <w:rsid w:val="000E6148"/>
     <w:rsid w:val="000F02CD"/>
     <w:rsid w:val="000F0A6D"/>
+    <w:rsid w:val="000F3FB3"/>
     <w:rsid w:val="000F4F25"/>
     <w:rsid w:val="000F64D8"/>
     <w:rsid w:val="000F6F81"/>
     <w:rsid w:val="001017A8"/>
     <w:rsid w:val="00101DB5"/>
     <w:rsid w:val="00101F8C"/>
     <w:rsid w:val="0010202D"/>
     <w:rsid w:val="001025E8"/>
     <w:rsid w:val="00103C8E"/>
     <w:rsid w:val="001063A9"/>
     <w:rsid w:val="001112BC"/>
     <w:rsid w:val="00113CCA"/>
     <w:rsid w:val="00115359"/>
     <w:rsid w:val="00117887"/>
     <w:rsid w:val="00125375"/>
     <w:rsid w:val="001255C7"/>
     <w:rsid w:val="00133CAD"/>
     <w:rsid w:val="001367A2"/>
     <w:rsid w:val="001378E4"/>
     <w:rsid w:val="00140092"/>
     <w:rsid w:val="001437AD"/>
+    <w:rsid w:val="001450E7"/>
     <w:rsid w:val="00145DB6"/>
     <w:rsid w:val="00147EFF"/>
+    <w:rsid w:val="0015163B"/>
     <w:rsid w:val="00151805"/>
     <w:rsid w:val="00151ECA"/>
     <w:rsid w:val="00152DB3"/>
     <w:rsid w:val="00153CFA"/>
     <w:rsid w:val="00162100"/>
     <w:rsid w:val="0016276C"/>
     <w:rsid w:val="001641F0"/>
     <w:rsid w:val="00164924"/>
+    <w:rsid w:val="00164EBA"/>
     <w:rsid w:val="00165A61"/>
     <w:rsid w:val="00166054"/>
+    <w:rsid w:val="0017126C"/>
     <w:rsid w:val="001728F3"/>
     <w:rsid w:val="00180524"/>
     <w:rsid w:val="00181997"/>
     <w:rsid w:val="00183E6B"/>
     <w:rsid w:val="00187E91"/>
     <w:rsid w:val="001919D8"/>
     <w:rsid w:val="00193125"/>
     <w:rsid w:val="001A250B"/>
+    <w:rsid w:val="001A35FE"/>
     <w:rsid w:val="001A523A"/>
     <w:rsid w:val="001A55FF"/>
     <w:rsid w:val="001A61DD"/>
     <w:rsid w:val="001B35CB"/>
     <w:rsid w:val="001C14BC"/>
     <w:rsid w:val="001C33BF"/>
     <w:rsid w:val="001C7EF8"/>
     <w:rsid w:val="001D7911"/>
     <w:rsid w:val="001E18B8"/>
     <w:rsid w:val="002018F8"/>
     <w:rsid w:val="0020336C"/>
     <w:rsid w:val="00205D49"/>
     <w:rsid w:val="0021312F"/>
     <w:rsid w:val="002153D1"/>
     <w:rsid w:val="00226132"/>
+    <w:rsid w:val="0022674B"/>
+    <w:rsid w:val="002320AF"/>
     <w:rsid w:val="0023215B"/>
     <w:rsid w:val="00237F22"/>
     <w:rsid w:val="002403F8"/>
     <w:rsid w:val="00242310"/>
     <w:rsid w:val="002445C4"/>
+    <w:rsid w:val="00245785"/>
+    <w:rsid w:val="00245F40"/>
+    <w:rsid w:val="0024782C"/>
     <w:rsid w:val="00247C4F"/>
     <w:rsid w:val="00247DB0"/>
     <w:rsid w:val="0025071B"/>
     <w:rsid w:val="00250E43"/>
     <w:rsid w:val="0025300A"/>
     <w:rsid w:val="002542A1"/>
+    <w:rsid w:val="002542D0"/>
     <w:rsid w:val="00260B35"/>
     <w:rsid w:val="00261EC1"/>
     <w:rsid w:val="00263476"/>
     <w:rsid w:val="00266953"/>
     <w:rsid w:val="002717EB"/>
     <w:rsid w:val="002738B0"/>
     <w:rsid w:val="00274297"/>
     <w:rsid w:val="00274D77"/>
     <w:rsid w:val="002805CE"/>
     <w:rsid w:val="00283A2A"/>
     <w:rsid w:val="00284C73"/>
     <w:rsid w:val="00286A9C"/>
     <w:rsid w:val="00291211"/>
+    <w:rsid w:val="00291C6B"/>
     <w:rsid w:val="0029470C"/>
     <w:rsid w:val="00295EB3"/>
     <w:rsid w:val="002A2744"/>
     <w:rsid w:val="002A5EAC"/>
+    <w:rsid w:val="002A6ECF"/>
+    <w:rsid w:val="002B0AC4"/>
+    <w:rsid w:val="002B16D8"/>
     <w:rsid w:val="002B4AFE"/>
     <w:rsid w:val="002B7450"/>
     <w:rsid w:val="002D0CC1"/>
     <w:rsid w:val="002E243C"/>
     <w:rsid w:val="002F4BB8"/>
     <w:rsid w:val="003004CB"/>
     <w:rsid w:val="00304498"/>
     <w:rsid w:val="00315AB3"/>
     <w:rsid w:val="00320EF4"/>
     <w:rsid w:val="00331BA3"/>
     <w:rsid w:val="0033262C"/>
     <w:rsid w:val="00333CED"/>
     <w:rsid w:val="00337DB1"/>
     <w:rsid w:val="00341C2F"/>
+    <w:rsid w:val="003470AE"/>
     <w:rsid w:val="003572F4"/>
     <w:rsid w:val="003610EC"/>
     <w:rsid w:val="00362428"/>
     <w:rsid w:val="00363A1C"/>
     <w:rsid w:val="00373206"/>
     <w:rsid w:val="0037362D"/>
     <w:rsid w:val="003814CC"/>
     <w:rsid w:val="003814E6"/>
     <w:rsid w:val="00382BCF"/>
+    <w:rsid w:val="0038475E"/>
     <w:rsid w:val="00396606"/>
     <w:rsid w:val="00396F69"/>
     <w:rsid w:val="003A2DF7"/>
     <w:rsid w:val="003A5D73"/>
     <w:rsid w:val="003D0761"/>
     <w:rsid w:val="003D140B"/>
     <w:rsid w:val="003E0E1B"/>
+    <w:rsid w:val="003E21C8"/>
+    <w:rsid w:val="003E3989"/>
     <w:rsid w:val="003E7B2B"/>
+    <w:rsid w:val="00402A89"/>
     <w:rsid w:val="00403053"/>
     <w:rsid w:val="0040352A"/>
     <w:rsid w:val="00403586"/>
     <w:rsid w:val="00405A43"/>
     <w:rsid w:val="004061B3"/>
     <w:rsid w:val="00406450"/>
+    <w:rsid w:val="00412163"/>
     <w:rsid w:val="00415F7E"/>
     <w:rsid w:val="00420B8A"/>
     <w:rsid w:val="004215CA"/>
     <w:rsid w:val="004267BC"/>
     <w:rsid w:val="004275BC"/>
     <w:rsid w:val="00444647"/>
     <w:rsid w:val="004500AC"/>
     <w:rsid w:val="00450522"/>
     <w:rsid w:val="0045193E"/>
     <w:rsid w:val="00455CA7"/>
     <w:rsid w:val="00460E13"/>
     <w:rsid w:val="00465EEF"/>
     <w:rsid w:val="004676B4"/>
     <w:rsid w:val="00471E45"/>
     <w:rsid w:val="00473C29"/>
     <w:rsid w:val="00476C34"/>
     <w:rsid w:val="00486404"/>
     <w:rsid w:val="004A389E"/>
     <w:rsid w:val="004A4C27"/>
     <w:rsid w:val="004A53EB"/>
     <w:rsid w:val="004A7FF9"/>
     <w:rsid w:val="004B21BC"/>
     <w:rsid w:val="004C119E"/>
     <w:rsid w:val="004C17AC"/>
+    <w:rsid w:val="004C45B7"/>
     <w:rsid w:val="004C5EE8"/>
     <w:rsid w:val="004C6BE8"/>
     <w:rsid w:val="004E4BD6"/>
     <w:rsid w:val="004E52DC"/>
     <w:rsid w:val="004F0656"/>
     <w:rsid w:val="004F5E13"/>
     <w:rsid w:val="004F61FA"/>
     <w:rsid w:val="004F6463"/>
     <w:rsid w:val="00505796"/>
     <w:rsid w:val="00514F93"/>
     <w:rsid w:val="00521AF7"/>
     <w:rsid w:val="00523B47"/>
     <w:rsid w:val="00526C9F"/>
     <w:rsid w:val="005337DA"/>
     <w:rsid w:val="00536794"/>
     <w:rsid w:val="00540957"/>
     <w:rsid w:val="00541C5B"/>
     <w:rsid w:val="00553DEE"/>
     <w:rsid w:val="00555769"/>
     <w:rsid w:val="005572D9"/>
+    <w:rsid w:val="00560ECB"/>
     <w:rsid w:val="00561568"/>
     <w:rsid w:val="00561623"/>
+    <w:rsid w:val="00564C18"/>
     <w:rsid w:val="00566C66"/>
+    <w:rsid w:val="00577893"/>
     <w:rsid w:val="0058001A"/>
+    <w:rsid w:val="00590B15"/>
     <w:rsid w:val="0059284E"/>
     <w:rsid w:val="005A1EAD"/>
     <w:rsid w:val="005A4FE0"/>
     <w:rsid w:val="005B5D1B"/>
     <w:rsid w:val="005B6E13"/>
+    <w:rsid w:val="005C38F4"/>
     <w:rsid w:val="005C42F5"/>
+    <w:rsid w:val="005C5228"/>
     <w:rsid w:val="005C5FC0"/>
     <w:rsid w:val="005C67D8"/>
+    <w:rsid w:val="005D065C"/>
     <w:rsid w:val="005D372F"/>
     <w:rsid w:val="005D543C"/>
+    <w:rsid w:val="005D6CCE"/>
     <w:rsid w:val="005E42AF"/>
     <w:rsid w:val="005E567F"/>
+    <w:rsid w:val="005E6A5C"/>
     <w:rsid w:val="00600200"/>
     <w:rsid w:val="00604701"/>
+    <w:rsid w:val="0060554D"/>
     <w:rsid w:val="00611273"/>
     <w:rsid w:val="00612592"/>
     <w:rsid w:val="00613266"/>
     <w:rsid w:val="00626D1C"/>
     <w:rsid w:val="00650765"/>
     <w:rsid w:val="00650F76"/>
     <w:rsid w:val="00651323"/>
     <w:rsid w:val="00666175"/>
     <w:rsid w:val="00666AA6"/>
     <w:rsid w:val="00667A7A"/>
     <w:rsid w:val="00670402"/>
+    <w:rsid w:val="00671671"/>
     <w:rsid w:val="00672567"/>
+    <w:rsid w:val="00673DAE"/>
     <w:rsid w:val="00674531"/>
     <w:rsid w:val="00676097"/>
     <w:rsid w:val="00680D43"/>
     <w:rsid w:val="00681FD0"/>
     <w:rsid w:val="00682A39"/>
     <w:rsid w:val="00684F35"/>
     <w:rsid w:val="0068516A"/>
+    <w:rsid w:val="0069185C"/>
     <w:rsid w:val="00694943"/>
     <w:rsid w:val="006A3767"/>
     <w:rsid w:val="006B1147"/>
     <w:rsid w:val="006B5ED9"/>
     <w:rsid w:val="006C04CC"/>
+    <w:rsid w:val="006D21E0"/>
     <w:rsid w:val="006D3DE1"/>
     <w:rsid w:val="006D4B90"/>
     <w:rsid w:val="006E0005"/>
+    <w:rsid w:val="006E10E6"/>
     <w:rsid w:val="006F0DFA"/>
     <w:rsid w:val="006F511E"/>
     <w:rsid w:val="00700371"/>
     <w:rsid w:val="007020BA"/>
     <w:rsid w:val="00710125"/>
     <w:rsid w:val="007130EA"/>
     <w:rsid w:val="00715686"/>
     <w:rsid w:val="007160D7"/>
     <w:rsid w:val="007177F5"/>
     <w:rsid w:val="007225B2"/>
     <w:rsid w:val="00725CB5"/>
     <w:rsid w:val="00726D73"/>
     <w:rsid w:val="007272E8"/>
+    <w:rsid w:val="00733522"/>
     <w:rsid w:val="007335B2"/>
+    <w:rsid w:val="0073453D"/>
     <w:rsid w:val="007347BA"/>
+    <w:rsid w:val="00735562"/>
     <w:rsid w:val="007423C2"/>
+    <w:rsid w:val="00743CF7"/>
     <w:rsid w:val="007440E2"/>
     <w:rsid w:val="0075068D"/>
     <w:rsid w:val="007610DA"/>
     <w:rsid w:val="007665BE"/>
     <w:rsid w:val="00775107"/>
     <w:rsid w:val="007822D1"/>
     <w:rsid w:val="00783F25"/>
     <w:rsid w:val="007974A6"/>
     <w:rsid w:val="007A027B"/>
     <w:rsid w:val="007A1ACA"/>
     <w:rsid w:val="007B4F23"/>
     <w:rsid w:val="007B5A58"/>
     <w:rsid w:val="007B71A9"/>
     <w:rsid w:val="007B7DEA"/>
     <w:rsid w:val="007C0116"/>
     <w:rsid w:val="007C1243"/>
     <w:rsid w:val="007C1778"/>
+    <w:rsid w:val="007C1FAA"/>
     <w:rsid w:val="007C4B69"/>
+    <w:rsid w:val="007C7690"/>
     <w:rsid w:val="007E046C"/>
     <w:rsid w:val="007E5C0F"/>
     <w:rsid w:val="007E64FC"/>
     <w:rsid w:val="007F181A"/>
     <w:rsid w:val="007F1D99"/>
     <w:rsid w:val="007F5BE3"/>
     <w:rsid w:val="007F6791"/>
     <w:rsid w:val="007F6AA8"/>
     <w:rsid w:val="007F7AE5"/>
     <w:rsid w:val="00810ABD"/>
+    <w:rsid w:val="0081235F"/>
     <w:rsid w:val="00813CF0"/>
     <w:rsid w:val="00814970"/>
     <w:rsid w:val="00815887"/>
     <w:rsid w:val="0082163C"/>
     <w:rsid w:val="00822625"/>
     <w:rsid w:val="0082769A"/>
     <w:rsid w:val="00827851"/>
     <w:rsid w:val="00831180"/>
     <w:rsid w:val="00835C71"/>
+    <w:rsid w:val="0084102A"/>
     <w:rsid w:val="00841D6F"/>
     <w:rsid w:val="00847D1A"/>
+    <w:rsid w:val="00853F0E"/>
     <w:rsid w:val="00854906"/>
     <w:rsid w:val="008560CA"/>
     <w:rsid w:val="00857741"/>
     <w:rsid w:val="00863E13"/>
+    <w:rsid w:val="00864830"/>
     <w:rsid w:val="008678BB"/>
     <w:rsid w:val="00873D9F"/>
     <w:rsid w:val="00881DB0"/>
     <w:rsid w:val="00882F7A"/>
     <w:rsid w:val="00884CA4"/>
+    <w:rsid w:val="00885459"/>
     <w:rsid w:val="00893968"/>
     <w:rsid w:val="008A43A5"/>
     <w:rsid w:val="008B0D74"/>
     <w:rsid w:val="008B42D6"/>
     <w:rsid w:val="008B5F3A"/>
     <w:rsid w:val="008D12CD"/>
     <w:rsid w:val="008D1B42"/>
     <w:rsid w:val="008D5B4E"/>
+    <w:rsid w:val="008D7DEE"/>
+    <w:rsid w:val="008E4677"/>
     <w:rsid w:val="008E5B47"/>
     <w:rsid w:val="008E72D7"/>
     <w:rsid w:val="008F2E59"/>
     <w:rsid w:val="008F4C73"/>
     <w:rsid w:val="008F7917"/>
     <w:rsid w:val="00903FE4"/>
     <w:rsid w:val="00907E8F"/>
+    <w:rsid w:val="00912854"/>
     <w:rsid w:val="00912D07"/>
     <w:rsid w:val="00915B59"/>
     <w:rsid w:val="0091733D"/>
     <w:rsid w:val="00920C97"/>
+    <w:rsid w:val="00921F29"/>
     <w:rsid w:val="00937F5C"/>
     <w:rsid w:val="0095501D"/>
     <w:rsid w:val="00957322"/>
     <w:rsid w:val="009643D4"/>
     <w:rsid w:val="00964406"/>
+    <w:rsid w:val="00966E7C"/>
     <w:rsid w:val="00972E22"/>
     <w:rsid w:val="009803FE"/>
     <w:rsid w:val="0098056B"/>
     <w:rsid w:val="00982887"/>
     <w:rsid w:val="0098492B"/>
     <w:rsid w:val="0099153C"/>
     <w:rsid w:val="00992731"/>
     <w:rsid w:val="00993956"/>
     <w:rsid w:val="00997216"/>
     <w:rsid w:val="009974A6"/>
     <w:rsid w:val="00997BFA"/>
     <w:rsid w:val="009A1C7E"/>
     <w:rsid w:val="009B2FC4"/>
     <w:rsid w:val="009B3AEC"/>
     <w:rsid w:val="009C13A5"/>
     <w:rsid w:val="009C1CBE"/>
     <w:rsid w:val="009C29C1"/>
+    <w:rsid w:val="009E0DB1"/>
     <w:rsid w:val="009F771B"/>
     <w:rsid w:val="00A01572"/>
     <w:rsid w:val="00A05B27"/>
+    <w:rsid w:val="00A111DB"/>
     <w:rsid w:val="00A11E6B"/>
     <w:rsid w:val="00A12642"/>
     <w:rsid w:val="00A129D4"/>
     <w:rsid w:val="00A13565"/>
     <w:rsid w:val="00A16EE8"/>
     <w:rsid w:val="00A226BA"/>
     <w:rsid w:val="00A23296"/>
     <w:rsid w:val="00A2491F"/>
     <w:rsid w:val="00A34948"/>
     <w:rsid w:val="00A364E4"/>
+    <w:rsid w:val="00A4079D"/>
     <w:rsid w:val="00A4538F"/>
     <w:rsid w:val="00A50C38"/>
     <w:rsid w:val="00A52B67"/>
     <w:rsid w:val="00A5441A"/>
     <w:rsid w:val="00A62829"/>
+    <w:rsid w:val="00A6510A"/>
     <w:rsid w:val="00A65E85"/>
     <w:rsid w:val="00A661FC"/>
     <w:rsid w:val="00A667D4"/>
     <w:rsid w:val="00A703F9"/>
     <w:rsid w:val="00A71358"/>
     <w:rsid w:val="00A71C02"/>
     <w:rsid w:val="00A71E6C"/>
+    <w:rsid w:val="00A72E66"/>
     <w:rsid w:val="00A75F34"/>
     <w:rsid w:val="00A87C2D"/>
     <w:rsid w:val="00A95C9A"/>
     <w:rsid w:val="00A96B5E"/>
     <w:rsid w:val="00AA311C"/>
     <w:rsid w:val="00AA7646"/>
     <w:rsid w:val="00AA7FA9"/>
     <w:rsid w:val="00AB05AD"/>
     <w:rsid w:val="00AC3168"/>
+    <w:rsid w:val="00AC6652"/>
     <w:rsid w:val="00AC66CC"/>
+    <w:rsid w:val="00AC7FA0"/>
     <w:rsid w:val="00AD2DDD"/>
     <w:rsid w:val="00AE021B"/>
     <w:rsid w:val="00AE14B2"/>
     <w:rsid w:val="00AE1E50"/>
     <w:rsid w:val="00AE53C4"/>
     <w:rsid w:val="00AE7583"/>
     <w:rsid w:val="00AF3508"/>
     <w:rsid w:val="00AF4F32"/>
     <w:rsid w:val="00B0041E"/>
     <w:rsid w:val="00B05002"/>
     <w:rsid w:val="00B07C83"/>
     <w:rsid w:val="00B07E7C"/>
     <w:rsid w:val="00B12542"/>
     <w:rsid w:val="00B167A7"/>
     <w:rsid w:val="00B1689D"/>
     <w:rsid w:val="00B254F6"/>
     <w:rsid w:val="00B300D9"/>
     <w:rsid w:val="00B30698"/>
     <w:rsid w:val="00B31F03"/>
     <w:rsid w:val="00B32D02"/>
     <w:rsid w:val="00B32E74"/>
     <w:rsid w:val="00B331B5"/>
     <w:rsid w:val="00B334A2"/>
     <w:rsid w:val="00B41784"/>
     <w:rsid w:val="00B41EFE"/>
     <w:rsid w:val="00B43BFF"/>
     <w:rsid w:val="00B44AB8"/>
     <w:rsid w:val="00B44F4F"/>
     <w:rsid w:val="00B54770"/>
     <w:rsid w:val="00B55B9C"/>
+    <w:rsid w:val="00B56822"/>
     <w:rsid w:val="00B57D72"/>
     <w:rsid w:val="00B62A46"/>
     <w:rsid w:val="00B64819"/>
     <w:rsid w:val="00B65A5E"/>
     <w:rsid w:val="00B66678"/>
     <w:rsid w:val="00B73D7D"/>
     <w:rsid w:val="00B74150"/>
     <w:rsid w:val="00B82233"/>
+    <w:rsid w:val="00B824DE"/>
     <w:rsid w:val="00B834CA"/>
+    <w:rsid w:val="00B91027"/>
     <w:rsid w:val="00BA2757"/>
+    <w:rsid w:val="00BA27A0"/>
     <w:rsid w:val="00BA655C"/>
     <w:rsid w:val="00BB075F"/>
     <w:rsid w:val="00BB09D3"/>
     <w:rsid w:val="00BB117C"/>
     <w:rsid w:val="00BB2590"/>
     <w:rsid w:val="00BB719D"/>
     <w:rsid w:val="00BB7550"/>
     <w:rsid w:val="00BC271D"/>
     <w:rsid w:val="00BC4CBA"/>
     <w:rsid w:val="00BC5FC0"/>
     <w:rsid w:val="00BD0E97"/>
     <w:rsid w:val="00BD2A31"/>
     <w:rsid w:val="00BD465B"/>
     <w:rsid w:val="00BD57BB"/>
     <w:rsid w:val="00BD6AC7"/>
     <w:rsid w:val="00BE384B"/>
     <w:rsid w:val="00BE4284"/>
     <w:rsid w:val="00BE4427"/>
     <w:rsid w:val="00BE7138"/>
     <w:rsid w:val="00BF220F"/>
     <w:rsid w:val="00BF665C"/>
     <w:rsid w:val="00C020EF"/>
     <w:rsid w:val="00C04B40"/>
     <w:rsid w:val="00C050F3"/>
     <w:rsid w:val="00C06DC6"/>
     <w:rsid w:val="00C07050"/>
     <w:rsid w:val="00C10C0B"/>
     <w:rsid w:val="00C11168"/>
     <w:rsid w:val="00C15689"/>
+    <w:rsid w:val="00C2363A"/>
     <w:rsid w:val="00C239ED"/>
     <w:rsid w:val="00C24B58"/>
     <w:rsid w:val="00C3742D"/>
     <w:rsid w:val="00C40CCB"/>
     <w:rsid w:val="00C420BD"/>
     <w:rsid w:val="00C5443F"/>
+    <w:rsid w:val="00C54E5D"/>
     <w:rsid w:val="00C613B4"/>
     <w:rsid w:val="00C6278C"/>
     <w:rsid w:val="00C63243"/>
     <w:rsid w:val="00C6446D"/>
     <w:rsid w:val="00C705FC"/>
+    <w:rsid w:val="00C70B95"/>
     <w:rsid w:val="00C738C4"/>
     <w:rsid w:val="00C75F82"/>
     <w:rsid w:val="00C7622E"/>
     <w:rsid w:val="00C8413F"/>
     <w:rsid w:val="00C878A5"/>
     <w:rsid w:val="00C93997"/>
     <w:rsid w:val="00C96054"/>
     <w:rsid w:val="00CA5A07"/>
     <w:rsid w:val="00CB3B39"/>
     <w:rsid w:val="00CB70E0"/>
     <w:rsid w:val="00CC398E"/>
     <w:rsid w:val="00CC5214"/>
+    <w:rsid w:val="00CC599C"/>
     <w:rsid w:val="00CC77A9"/>
     <w:rsid w:val="00CD366B"/>
+    <w:rsid w:val="00CF2C4E"/>
     <w:rsid w:val="00CF30C8"/>
+    <w:rsid w:val="00D0160F"/>
     <w:rsid w:val="00D04921"/>
     <w:rsid w:val="00D1119E"/>
     <w:rsid w:val="00D145F6"/>
     <w:rsid w:val="00D1751C"/>
     <w:rsid w:val="00D23C68"/>
     <w:rsid w:val="00D23C7F"/>
     <w:rsid w:val="00D3212F"/>
+    <w:rsid w:val="00D323F6"/>
     <w:rsid w:val="00D33B8F"/>
     <w:rsid w:val="00D35027"/>
     <w:rsid w:val="00D3616C"/>
     <w:rsid w:val="00D41FDB"/>
     <w:rsid w:val="00D43D4F"/>
     <w:rsid w:val="00D46895"/>
+    <w:rsid w:val="00D50458"/>
+    <w:rsid w:val="00D61A62"/>
     <w:rsid w:val="00D63CDA"/>
     <w:rsid w:val="00D66436"/>
     <w:rsid w:val="00D70562"/>
     <w:rsid w:val="00D74352"/>
     <w:rsid w:val="00D75435"/>
+    <w:rsid w:val="00D75513"/>
     <w:rsid w:val="00D80EB1"/>
     <w:rsid w:val="00D826CE"/>
     <w:rsid w:val="00D8492F"/>
     <w:rsid w:val="00D85DE7"/>
     <w:rsid w:val="00D921A5"/>
     <w:rsid w:val="00D94155"/>
     <w:rsid w:val="00DA0345"/>
     <w:rsid w:val="00DA0AEE"/>
+    <w:rsid w:val="00DA59BF"/>
     <w:rsid w:val="00DB2E47"/>
     <w:rsid w:val="00DB3D46"/>
     <w:rsid w:val="00DC270C"/>
     <w:rsid w:val="00DC2817"/>
     <w:rsid w:val="00DC374B"/>
     <w:rsid w:val="00DC3D72"/>
     <w:rsid w:val="00DC5B4E"/>
     <w:rsid w:val="00DC62BD"/>
+    <w:rsid w:val="00DD472E"/>
     <w:rsid w:val="00DD4DB9"/>
     <w:rsid w:val="00DD6BE6"/>
     <w:rsid w:val="00DD7099"/>
     <w:rsid w:val="00DE0E86"/>
     <w:rsid w:val="00DE22CE"/>
     <w:rsid w:val="00DE29F0"/>
     <w:rsid w:val="00DE40BA"/>
     <w:rsid w:val="00DE44EC"/>
     <w:rsid w:val="00DE5AB5"/>
     <w:rsid w:val="00DE5F16"/>
     <w:rsid w:val="00DF3C3B"/>
     <w:rsid w:val="00E01503"/>
     <w:rsid w:val="00E11851"/>
     <w:rsid w:val="00E20EA4"/>
     <w:rsid w:val="00E23EDF"/>
+    <w:rsid w:val="00E25883"/>
     <w:rsid w:val="00E304C5"/>
     <w:rsid w:val="00E4587F"/>
     <w:rsid w:val="00E477D5"/>
     <w:rsid w:val="00E51548"/>
     <w:rsid w:val="00E53F5D"/>
     <w:rsid w:val="00E71B9C"/>
+    <w:rsid w:val="00E734F2"/>
     <w:rsid w:val="00E80145"/>
     <w:rsid w:val="00E8397D"/>
+    <w:rsid w:val="00E8514E"/>
     <w:rsid w:val="00E853DF"/>
     <w:rsid w:val="00E85D1E"/>
     <w:rsid w:val="00E90328"/>
     <w:rsid w:val="00E91605"/>
     <w:rsid w:val="00E9298A"/>
     <w:rsid w:val="00E9676C"/>
     <w:rsid w:val="00E97CF7"/>
     <w:rsid w:val="00EA7785"/>
     <w:rsid w:val="00EB0D37"/>
     <w:rsid w:val="00EB1B20"/>
     <w:rsid w:val="00EB2B2B"/>
     <w:rsid w:val="00EB5F1D"/>
     <w:rsid w:val="00EC264E"/>
     <w:rsid w:val="00EC4656"/>
     <w:rsid w:val="00EC49FA"/>
     <w:rsid w:val="00ED1188"/>
     <w:rsid w:val="00ED2AEA"/>
     <w:rsid w:val="00ED32E1"/>
     <w:rsid w:val="00ED4FC7"/>
     <w:rsid w:val="00ED6335"/>
     <w:rsid w:val="00EE3274"/>
     <w:rsid w:val="00EE7064"/>
     <w:rsid w:val="00EF1C3A"/>
+    <w:rsid w:val="00F0036C"/>
     <w:rsid w:val="00F018C8"/>
+    <w:rsid w:val="00F35351"/>
     <w:rsid w:val="00F3707F"/>
     <w:rsid w:val="00F41ABC"/>
     <w:rsid w:val="00F41E64"/>
+    <w:rsid w:val="00F50D09"/>
     <w:rsid w:val="00F52443"/>
     <w:rsid w:val="00F52D38"/>
+    <w:rsid w:val="00F61501"/>
     <w:rsid w:val="00F6196F"/>
     <w:rsid w:val="00F64A80"/>
+    <w:rsid w:val="00F672E7"/>
     <w:rsid w:val="00F72BE5"/>
     <w:rsid w:val="00F77C2E"/>
     <w:rsid w:val="00F908EC"/>
     <w:rsid w:val="00F92826"/>
     <w:rsid w:val="00F93AC2"/>
     <w:rsid w:val="00F93EF9"/>
     <w:rsid w:val="00FA4841"/>
     <w:rsid w:val="00FA5DE4"/>
     <w:rsid w:val="00FA7014"/>
     <w:rsid w:val="00FA7BC2"/>
     <w:rsid w:val="00FB10A6"/>
+    <w:rsid w:val="00FB137E"/>
     <w:rsid w:val="00FB3226"/>
     <w:rsid w:val="00FB4E21"/>
     <w:rsid w:val="00FB75C8"/>
+    <w:rsid w:val="00FC1311"/>
     <w:rsid w:val="00FC287F"/>
     <w:rsid w:val="00FC3FB7"/>
+    <w:rsid w:val="00FD0DC4"/>
     <w:rsid w:val="00FD26C6"/>
     <w:rsid w:val="00FD2707"/>
     <w:rsid w:val="00FD3BDA"/>
     <w:rsid w:val="00FD436A"/>
     <w:rsid w:val="00FD7C48"/>
     <w:rsid w:val="00FE535D"/>
     <w:rsid w:val="00FE7D11"/>
     <w:rsid w:val="00FF0A39"/>
     <w:rsid w:val="00FF27AC"/>
     <w:rsid w:val="00FF3F4F"/>
     <w:rsid w:val="00FF58C9"/>
     <w:rsid w:val="00FF67E4"/>
+    <w:rsid w:val="1C44CF87"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2054"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="27E997C0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DBBF2780-D0C8-FB49-934D-AE67726BB4E5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES_tradnl" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -9439,50 +9751,61 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00036843"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revisin">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0099153C"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C2363A"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="489252631">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1702392377">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -9532,58 +9855,58 @@
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1123379324">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\miguelangel.rego\Downloads\miguel.sanchezmonita@urjc.es" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normas-apa.org/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.zarza@urjc.es" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.revistaasri.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normas-apa.org/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normas-apa.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miguelangel.rego@urjc.es" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.revistaasri.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crossref.org/SimpleTextQuery/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normas-apa.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrea.delarubia@urjc.es" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -9858,74 +10181,59 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E994E196-DBB5-C84B-B3D8-BD0CD26FD4F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>6036</Characters>
+  <Pages>5</Pages>
+  <Words>1088</Words>
+  <Characters>6117</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>132</Lines>
+  <Paragraphs>63</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7119</CharactersWithSpaces>
+  <CharactersWithSpaces>7142</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Pilar Lara</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>